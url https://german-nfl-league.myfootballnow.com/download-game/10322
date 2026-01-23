--- v0 (2025-12-29)
+++ v1 (2026-01-23)
@@ -287,156 +287,156 @@
   <si>
     <t>PAT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Henry Doak kicks 75 yards from CAR 35 to PAT -10. Touchback.</t>
   </si>
   <si>
     <t>#20 David Hutchings - RB</t>
   </si>
   <si>
     <t>#68 Stanley Stokley - DT</t>
   </si>
   <si>
-    <t>#96 Terry Durst - SLB</t>
+    <t>#96 Terry Durst - LDE</t>
   </si>
   <si>
     <t>#31 Ralph Lockhart - FS</t>
   </si>
   <si>
     <t>#39 Rod Erdman - SS</t>
   </si>
   <si>
     <t>#57 Phillip Nicholas - FS</t>
   </si>
   <si>
     <t>#45 Kenneth Short - WLB</t>
   </si>
   <si>
     <t>#47 Martin Carpenter - CB</t>
   </si>
   <si>
     <t>#41 Leon Brighton - CB</t>
   </si>
   <si>
     <t>#99 Barry Durkee - MLB</t>
   </si>
   <si>
     <t>#90 Charles Johnston - CB</t>
   </si>
   <si>
     <t>#2 Henry Doak - K</t>
   </si>
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>PAT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PAT 25 (15:00) 17-Andrew Hurley ran to PAT 23 for -2 yards. Tackle by 54-James Slusser.</t>
   </si>
   <si>
     <t>#12 John Radford - QB</t>
   </si>
   <si>
-    <t>#17 Andrew Hurley - RB</t>
+    <t>#17 Andrew Hurley - WR</t>
   </si>
   <si>
     <t>#43 David Fifield - FB</t>
   </si>
   <si>
     <t>#2 John Vallejo - TE</t>
   </si>
   <si>
-    <t>#18 James Payne - WR</t>
+    <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>#86 Matthew Melton - WR</t>
   </si>
   <si>
     <t>#75 Randy Bailey - LT</t>
   </si>
   <si>
     <t>#89 Johnny Cohen - LG</t>
   </si>
   <si>
     <t>#72 George Smith - C</t>
   </si>
   <si>
     <t>#71 Ronnie Perkins - RG</t>
   </si>
   <si>
     <t>#50 Garry Doss - RT</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
     <t>#68 Keith Keating - DT</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>
   <si>
     <t>#72 Theodore Fulton - RDE</t>
   </si>
   <si>
     <t>#92 Nathan Turner - SLB</t>
   </si>
   <si>
     <t>#56 Horace Farley - MLB</t>
   </si>
   <si>
     <t>#54 James Slusser - WLB</t>
   </si>
   <si>
     <t>#24 John Copeland - CB</t>
   </si>
   <si>
     <t>#20 Kyle Newby - CB</t>
   </si>
   <si>
-    <t>#46 Junior Phillips - CB</t>
+    <t>#46 Junior Phillips - SS</t>
   </si>
   <si>
     <t>#44 David Norton - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>PAT 23</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-12-PAT 23 (14:23) 12-John Radford pass Pass knocked down by 46-Junior Phillips. incomplete, intended for 18-James Payne. 24-John Copeland got away with a hold on that play.</t>
   </si>
   <si>
     <t>#46 Brian Reeves - WR</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
@@ -449,54 +449,54 @@
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>PAT 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-PAT 29 (13:36) 7-Kevin Jackson punts 49 yards to CAR 23. Fair Catch by 44-David Norton.</t>
   </si>
   <si>
     <t>#7 Kevin Jackson - P</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#88 Richard Blackstone - WR</t>
   </si>
   <si>
-    <t>#40 Edwin Fonseca - FB</t>
-[...2 lines deleted...]
-    <t>#42 Travis Johnson - SS</t>
+    <t>#48 Edwin Fonseca - FB</t>
+  </si>
+  <si>
+    <t>#42 Travis Johnson - CB</t>
   </si>
   <si>
     <t>#82 Daniel Wright - TE</t>
   </si>
   <si>
     <t>#18 Ismael Daniels - WR</t>
   </si>
   <si>
     <t>#51 Walter Marks - RG</t>
   </si>
   <si>
     <t>#44 Jeffery Carpino - LT</t>
   </si>
   <si>
     <t>#66 Edward Stone - LG</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>CAR 23</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>#27 Timothy Deck - RB</t>
   </si>
   <si>
     <t>#29 Richard Vogler - RB</t>
   </si>
   <si>
     <t>#86 Raymond Ives - TE</t>
   </si>
   <si>
     <t>#84 Mack Helm - WR</t>
   </si>
   <si>
     <t>#78 Kevin Samuels - LT</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#53 Steven Moses - C</t>
   </si>
   <si>
     <t>#66 Kevin Burnett - RG</t>
   </si>
   <si>
-    <t>#74 Howard Guan - RT</t>
+    <t>#75 Howard Guan - LT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
     <t>#97 Dan Coffman - DT</t>
   </si>
   <si>
     <t>#93 Joseph Gonzalez - RDE</t>
   </si>
   <si>
     <t>#35 Stephen Johnson - LDE</t>
   </si>
   <si>
     <t>#29 Nicholas Heider - CB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>CAR 32</t>
   </si>
   <si>
     <t>4-1-CAR 32 (11:31) 10-Armando Adams punts 36 yards to PAT 32. Fair Catch by 20-David Hutchings.</t>
   </si>
   <si>
     <t>#10 Armando Adams - P</t>
   </si>
   <si>
     <t>#61 Wesley Stetson - DT</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>PAT 32</t>
   </si>
   <si>
     <t>1-10-PAT 32 (11:24) 12-John Radford pass Pass knocked down by 24-John Copeland. incomplete, intended for 18-James Payne.</t>
   </si>
   <si>
-    <t>#57 Herbert Morin - WLB</t>
+    <t>#95 Herbert Morin - SLB</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>2-10-PAT 32 (11:20) 12-John Radford pass complete to 80-Maurice Turner to PAT 49 for 17 yards. Pushed out of bounds by 44-David Norton. PENALTY - Unnecessary Roughness (CAR 44-David Norton)</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>CAR 36</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CAR 36 (11:14) 12-John Radford pass complete to 24-Samuel Maggard to CAR 27 for 9 yards. Tackle by 28-Mike Sera.</t>
   </si>
   <si>
     <t>#24 Samuel Maggard - WR</t>
   </si>
@@ -671,81 +671,81 @@
   <si>
     <t>1-10-CAR 25 (10:02) 12-John Radford pass complete to 17-Andrew Hurley to CAR 22 for 3 yards. Tackle by 46-Junior Phillips. 17-Andrew Hurley did some fancy footwork there.</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>CAR 22</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-7-CAR 22 (9:16) 12-John Radford pass incomplete, intended for 2-John Vallejo.</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-7-CAR 22 (9:14) 12-John Radford sacked at CAR 30 for -8 yards (94-William Bradley). Sack allowed by 50-Garry Doss.</t>
   </si>
   <si>
-    <t>#19 Derrick Goff - RB</t>
+    <t>#84 Derrick Goff - WR</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>CAR 30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-15-CAR 30 (8:35) 15-Merle Garner 48 yard field goal is GOOD. PAT 3 CAR 0</t>
   </si>
   <si>
     <t>#4 Glen Glover - QB</t>
   </si>
   <si>
     <t>#15 Merle Garner - K</t>
   </si>
   <si>
     <t>#64 Terry Barrett - RT</t>
   </si>
   <si>
     <t>#69 John Holley - DT</t>
   </si>
   <si>
-    <t>#97 James Kim - RDE</t>
+    <t>#96 James Kim - LDE</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>PAT 35</t>
   </si>
   <si>
     <t>(8:31) 15-Merle Garner kicks 74 yards from PAT 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#22 Stephen Wilson - RB</t>
   </si>
   <si>
     <t>#76 Winfred Frazee - RT</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-CAR 25 (8:31) 27-Timothy Deck ran to CAR 25 for a short loss. Tackle by 35-Stephen Johnson.</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
@@ -1067,51 +1067,51 @@
   <si>
     <t>1-10-PAT 23 (10:26) 8-Robert Campos pass incomplete, dropped by 27-Timothy Deck.</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>2-10-PAT 23 (10:23) 27-Timothy Deck ran to PAT 23 for -1 yards. Tackle by 35-Stephen Johnson.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-11-PAT 23 (9:40) 8-Robert Campos pass complete to 40-Edwin Fonseca to PAT 23 for 1 yards. Tackle by 41-Leon Brighton.</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>4-10-PAT 23 (9:06) 2-Henry Doak 40 yard field goal is GOOD. PAT 3 CAR 3</t>
   </si>
   <si>
-    <t>#67 Salvatore McHugh - RG</t>
+    <t>#55 Salvatore McHugh - RG</t>
   </si>
   <si>
     <t>#70 Beau Brummel - LT</t>
   </si>
   <si>
     <t>#89 Antone Fillmore - TE</t>
   </si>
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>(9:03) 2-Henry Doak kicks 75 yards from CAR 35 to PAT -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-PAT 25 (9:03) 12-John Radford pass complete to 46-Brian Reeves to PAT 35 for 10 yards. Tackle by 44-David Norton.</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>