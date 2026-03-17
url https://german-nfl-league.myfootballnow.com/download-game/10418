--- v0 (2026-02-04)
+++ v1 (2026-03-17)
@@ -335,51 +335,51 @@
   <si>
     <t>#49 James Bailey - SS</t>
   </si>
   <si>
     <t>#3 Jesse Maldonado - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 24-John Stanley ran to DAL 29 for 4 yards. Tackle by 51-Victor Moran.</t>
   </si>
   <si>
     <t>#9 Donald Hendricks - QB</t>
   </si>
   <si>
-    <t>#87 Benjamin Bartlett - TE</t>
+    <t>#87 Benjamin Bartlett - WR</t>
   </si>
   <si>
     <t>#81 Rolland Kim - TE</t>
   </si>
   <si>
     <t>#19 Robert Goss - WR</t>
   </si>
   <si>
     <t>#82 Manuel Marble - WR</t>
   </si>
   <si>
     <t>#73 Keneth Barrett - LT</t>
   </si>
   <si>
     <t>#78 Evan Neal - LG</t>
   </si>
   <si>
     <t>#66 Owen Cramer - C</t>
   </si>
   <si>
     <t>#64 Joseph Pierce - RG</t>
   </si>
   <si>
     <t>#65 Charles Stark - RT</t>
   </si>
@@ -392,51 +392,51 @@
   <si>
     <t>#78 Ray Jaeger - RDE</t>
   </si>
   <si>
     <t>#59 George King - WLB</t>
   </si>
   <si>
     <t>#51 Victor Moran - MLB</t>
   </si>
   <si>
     <t>#97 Mark Painter - MLB</t>
   </si>
   <si>
     <t>#96 David Mara - WLB</t>
   </si>
   <si>
     <t>#6 Sean Revis - CB</t>
   </si>
   <si>
     <t>#20 George Hudson - CB</t>
   </si>
   <si>
     <t>#25 Brian Hayes - SS</t>
   </si>
   <si>
-    <t>#40 Chad Lynch - SS</t>
+    <t>#21 Chad Lynch - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>DAL 29</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>2-6-DAL 29 (14:18) 9-Donald Hendricks sacked at DAL 21 for -8 yards (96-David Mara). Sack allowed by 73-Keneth Barrett.</t>
   </si>
   <si>
     <t>#12 Christopher Mix - WR</t>
   </si>
   <si>
     <t>#84 Kurt King - WR</t>
   </si>
   <si>
     <t>#76 Harold Greenberg - DT</t>
   </si>