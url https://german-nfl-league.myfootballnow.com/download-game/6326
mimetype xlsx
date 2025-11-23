--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -395,51 +395,51 @@
   <si>
     <t>#58 Peter Mascorro - DT</t>
   </si>
   <si>
     <t>#94 Ryan Wilson - RDE</t>
   </si>
   <si>
     <t>#96 Scott Cooper - WLB</t>
   </si>
   <si>
     <t>#59 Joseph Ramirez - C</t>
   </si>
   <si>
     <t>#96 Myron Martinez - FS</t>
   </si>
   <si>
     <t>#28 Thomas Rodriguez - SS</t>
   </si>
   <si>
     <t>#21 Andre Free - CB</t>
   </si>
   <si>
     <t>#95 Kaladin  Stormblessed - DT</t>
   </si>
   <si>
-    <t>#53 Gene Peterson - DT</t>
+    <t>#97 Gene Peterson - DT</t>
   </si>
   <si>
     <t>#59 Fernando Osgood - WLB</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>(14:46) 6-Ricardo Cain kicks 59 yards from DET 35 to MIA 6. 86-Reynaldo Corwin to MIA 21 for 15 yards. Tackle by 27-Michael Barahona. MIA 94-Jerold Hutchinson was injured on the play. He looks like he should be able to return. MIA 27-Eric Gamble was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#86 Reynaldo Corwin - TE</t>
   </si>
   <si>
     <t>#56 Charles Bisbee - MLB</t>
   </si>
   <si>
     <t>#54 Roy Jefferies - SLB</t>
   </si>
   <si>
     <t>#23 Daryl McCarthy - CB</t>
   </si>
   <si>
     <t>#49 Elliott Tutt - CB</t>
   </si>