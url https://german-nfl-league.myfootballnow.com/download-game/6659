--- v0 (2025-10-14)
+++ v1 (2026-01-23)
@@ -518,51 +518,51 @@
   <si>
     <t>#65 Jamal Hoffman - RT</t>
   </si>
   <si>
     <t>#67 John Bowman - RDE</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-PAT 35 (12:57) 34-Maxwell House ran to PAT 34 for -1 yards. Tackle by 94-John Hart.</t>
   </si>
   <si>
     <t>#7 David Rael - QB</t>
   </si>
   <si>
     <t>#31 Maxwell House - RB</t>
   </si>
   <si>
     <t>#44 Thomas Buell - RB</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#82 Ronald Braden - WR</t>
   </si>
   <si>
     <t>#19 Brian Berry - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#64 Justin Stevens - RT</t>
   </si>
   <si>
     <t>#73 Kevin Greene - C</t>
   </si>
   <si>
     <t>#68 Damien Black - RT</t>
   </si>
   <si>
     <t>#67 Lon Castaneda - LG</t>
   </si>
   <si>
     <t>#78 Roosevelt Phillips - LDE</t>
   </si>