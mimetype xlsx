--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -506,51 +506,51 @@
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-1-DET 28 (13:30) 12-Joe Bribem pass INTERCEPTED by 90-Phillip French at DET 26. 90-Phillip French to DET 27 for 1 yards. Tackle by 35-Brian Berry. Pressure by 97-Michael Keenan.</t>
   </si>
   <si>
     <t>#32 Richard Cantu - SS</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>DET 27</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>1-10-DET 27 (13:25) 1-Austin Navarro pass complete to 83-Jon Inman to DET 31 for 5 yards. Tackle by 46-Roy Fecteau.</t>
   </si>
   <si>
-    <t>#1 Austin Navarro - RB</t>
+    <t>#1 Austin Navarro - QB</t>
   </si>
   <si>
     <t>#40 Steven Souza - RB</t>
   </si>
   <si>
     <t>#34 Gerald Cantu - TE</t>
   </si>
   <si>
     <t>#45 Jon Inman - TE</t>
   </si>
   <si>
     <t>#14 Dustin Cox - WR</t>
   </si>
   <si>
     <t>#16 Charles Lacy - WR</t>
   </si>
   <si>
     <t>#68 William Steele - LT</t>
   </si>
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#78 Anthony Colon - C</t>
   </si>