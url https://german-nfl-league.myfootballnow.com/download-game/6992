--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -344,51 +344,51 @@
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>PAT 14</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-PAT 14 (14:57) 12-Joe Bribem pass incomplete, intended for 35-Brian Berry.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#31 Maxwell House - RB</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#19 Brian Berry - WR</t>
   </si>
   <si>
     <t>#10 Manuel Luna - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#21 William Galloway - LG</t>
   </si>
   <si>
     <t>#73 Kevin Greene - C</t>
   </si>
   <si>
     <t>#71 William Putnam - RG</t>
   </si>
   <si>
     <t>#68 Damien Black - RT</t>
   </si>
   <si>
     <t>#73 Ronald Borger - LDE</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-1-DET 28 (13:30) 12-Joe Bribem pass INTERCEPTED by 90-Phillip French at DET 26. 90-Phillip French to DET 27 for 1 yards. Tackle by 35-Brian Berry. Pressure by 97-Michael Keenan.</t>
   </si>
   <si>
     <t>#32 Richard Cantu - SS</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>DET 27</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>1-10-DET 27 (13:25) 1-Austin Navarro pass complete to 83-Jon Inman to DET 31 for 5 yards. Tackle by 46-Roy Fecteau.</t>
   </si>
   <si>
-    <t>#1 Austin Navarro - QB</t>
+    <t>#13 Austin Navarro - QB</t>
   </si>
   <si>
     <t>#40 Steven Souza - RB</t>
   </si>
   <si>
     <t>#34 Gerald Cantu - TE</t>
   </si>
   <si>
     <t>#45 Jon Inman - TE</t>
   </si>
   <si>
     <t>#14 Dustin Cox - WR</t>
   </si>
   <si>
     <t>#16 Charles Lacy - WR</t>
   </si>
   <si>
     <t>#68 William Steele - LT</t>
   </si>
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#78 Anthony Colon - C</t>
   </si>
@@ -2239,51 +2239,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="324.349" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>