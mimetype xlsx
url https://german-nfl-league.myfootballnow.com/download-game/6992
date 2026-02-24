--- v2 (2026-01-23)
+++ v3 (2026-02-24)
@@ -455,51 +455,51 @@
   <si>
     <t>#40 Michael Dolan - RB</t>
   </si>
   <si>
     <t>#44 Thomas Buell - RB</t>
   </si>
   <si>
     <t>#88 Steven Grant - WR</t>
   </si>
   <si>
     <t>#74 Steven Jenkins - RG</t>
   </si>
   <si>
     <t>#78 Justin Wylie - C</t>
   </si>
   <si>
     <t>#63 Robert Cox - RG</t>
   </si>
   <si>
     <t>#64 Justin Stevens - RT</t>
   </si>
   <si>
     <t>#79 Robert Proctor - LDE</t>
   </si>
   <si>
-    <t>#93 Donald Bartos - LDE</t>
+    <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#97 Michael Keenan - DT</t>
   </si>
   <si>
     <t>#57 Phillip French - WLB</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
     <t>#37 Gerald Engman - CB</t>
   </si>
   <si>
     <t>#33 Michael Barahona - SS</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>DET 28</t>
   </si>