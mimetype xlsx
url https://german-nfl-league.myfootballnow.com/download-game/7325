--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -293,60 +293,60 @@
   <si>
     <t>PAT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Robert Connolly kicks 75 yards from PAT 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>#48 Curtis Spears - RB</t>
   </si>
   <si>
     <t>#94 John Hart - SLB</t>
   </si>
   <si>
     <t>#93 Dominic Myers - MLB</t>
   </si>
   <si>
     <t>#28 Henry Macneil - CB</t>
   </si>
   <si>
-    <t>#37 Arthur Dearing - CB</t>
+    <t>#46 Arthur Dearing - CB</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
     <t>#98 James Barron - WLB</t>
   </si>
   <si>
-    <t>#90 Mario Kirk - WLB</t>
+    <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
     <t>#50 David Ashcraft - DT</t>
   </si>
   <si>
     <t>#40 Donald Arreguin - FS</t>
   </si>
   <si>
     <t>#34 Michael Salinas - FS</t>
   </si>
   <si>
     <t>#16 Robert Connolly - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
@@ -419,51 +419,51 @@
   <si>
     <t>#23 Donald Cobb - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>PAT 44</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PAT 44 (14:22) 17-Odell Tripp pass complete to 48-Curtis Spears to PAT 38 for 6 yards. Tackle by 99-Edwin Dial.</t>
   </si>
   <si>
     <t>#82 Phillip Westberry - TE</t>
   </si>
   <si>
     <t>#18 Joan McKee - WR</t>
   </si>
   <si>
-    <t>#89 Norman Hendrickson - WR</t>
+    <t>#85 Norman Hendrickson - WR</t>
   </si>
   <si>
     <t>#55 Rafael Adkins - C</t>
   </si>
   <si>
     <t>#65 Jamal Hoffman - RT</t>
   </si>
   <si>
     <t>#71 Gerald Barlow - RG</t>
   </si>
   <si>
     <t>#51 Steven Gravatt - MLB</t>
   </si>
   <si>
     <t>#94 Brian Saffold - RDE</t>
   </si>
   <si>
     <t>#90 James Bryant - MLB</t>
   </si>
   <si>
     <t>#97 Kevin Cushing - SLB</t>
   </si>
   <si>
     <t>#92 Robert Sisneros - CB</t>
   </si>