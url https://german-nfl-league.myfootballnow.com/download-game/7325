--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -311,51 +311,51 @@
   <si>
     <t>#93 Dominic Myers - MLB</t>
   </si>
   <si>
     <t>#28 Henry Macneil - CB</t>
   </si>
   <si>
     <t>#46 Arthur Dearing - CB</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
     <t>#98 James Barron - WLB</t>
   </si>
   <si>
     <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
     <t>#50 David Ashcraft - DT</t>
   </si>
   <si>
     <t>#40 Donald Arreguin - FS</t>
   </si>
   <si>
-    <t>#34 Michael Salinas - FS</t>
+    <t>#46 Michael Salinas - MLB</t>
   </si>
   <si>
     <t>#16 Robert Connolly - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 17-Odell Tripp pass complete to 86-Ronald Auxier to PAT 44 for 31 yards. Tackle by 31-Donald Cobb.</t>
   </si>
   <si>
     <t>#17 Odell Tripp - QB</t>
   </si>
   <si>
     <t>#19 Randy Leonard - RB</t>
   </si>
@@ -371,51 +371,51 @@
   <si>
     <t>#88 Frank Moore - WR</t>
   </si>
   <si>
     <t>#60 Stephen Chow - LT</t>
   </si>
   <si>
     <t>#62 Randolph Weber - LG</t>
   </si>
   <si>
     <t>#61 Morris Begley - C</t>
   </si>
   <si>
     <t>#69 Douglas Howie - RG</t>
   </si>
   <si>
     <t>#68 Ervin Blank - RT</t>
   </si>
   <si>
     <t>#27 Robert Davis - LDE</t>
   </si>
   <si>
     <t>#95 Gregory Jones - DT</t>
   </si>
   <si>
-    <t>#54 Henry Stevens - DT</t>
+    <t>#66 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
     <t>#58 Luciano Fraser - RDE</t>
   </si>
   <si>
     <t>#31 Merlin Alvarez - FS</t>
   </si>
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>#47 Gerald Paulson - CB</t>
   </si>
   <si>
     <t>#35 Kenneth Hughes - CB</t>
   </si>
   <si>
     <t>#20 Thomas Bassham - FS</t>
   </si>
   <si>
     <t>#23 Donald Cobb - FS</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>(9:45) 13-Morgan Rich kicks 75 yards from DAL 35 to PAT -10. Touchback.</t>
   </si>
   <si>
     <t>#14 James Schroeder - RB</t>
   </si>
   <si>
     <t>PAT 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-PAT 25 (9:45) 12-Joe Bribem pass incomplete, intended for 34-Maxwell House. Pressure by 78-Roosevelt Phillips.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#31 Maxwell House - RB</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#10 Manuel Luna - WR</t>
   </si>
   <si>
     <t>#88 Steven Grant - WR</t>
   </si>
   <si>
     <t>#19 Brian Berry - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#74 Steven Jenkins - RG</t>
   </si>
   <si>
     <t>#73 Kevin Greene - C</t>
   </si>
   <si>
     <t>#71 William Putnam - RG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>#95 Michael Young - DT</t>
   </si>
   <si>
     <t>#23 Willie Pimental - SS</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>PAT 27</t>
   </si>
   <si>
     <t>3-8-PAT 27 (9:02) 12-Joe Bribem pass INTERCEPTED by 31-David Ashcraft at PAT 35. 31-David Ashcraft to PAT 35 for 0 yards. Tackle by 86-Rudolph Powell.</t>
   </si>
   <si>
     <t>#40 Michael Dolan - RB</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
     <t>#82 Ronald Braden - WR</t>
   </si>
   <si>
-    <t>#51 Jimmy Jones - SLB</t>
+    <t>#95 Jimmy Jones - SLB</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PAT 35 (8:59) 17-Odell Tripp pass complete to 88-Frank Moore to PAT 22 for 12 yards. Tackle by 31-Donald Cobb.</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>PAT 22</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-PAT 22 (8:23) 17-Odell Tripp pass complete to 86-Ronald Auxier for 22 yards. TOUCHDOWN! DAL 13 PAT 0</t>
   </si>
@@ -2350,51 +2350,51 @@
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>