--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -512,51 +512,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-PAT 41 (12:57) 7-Kevin Jackson punts 55 yards to DET 4.</t>
   </si>
   <si>
     <t>#7 Kevin Jackson - P</t>
   </si>
   <si>
     <t>#68 Damien Black - RT</t>
   </si>
   <si>
     <t>#49 Billy Martens - RB</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#84 Ryan Kaster - LG</t>
   </si>
   <si>
-    <t>#64 Max Harden - LG</t>
+    <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#71 Daniel Ryan - RT</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>DET 4</t>
   </si>
   <si>
     <t>1-10-DET 4 (12:48) 46-Billy Martens ran to DET 4 for a short gain. Tackle by 58-Luciano Fraser.</t>
   </si>
   <si>
     <t>#10 Mark Osborne - QB</t>
   </si>
   <si>
     <t>#86 Mack Pollard - FB</t>
   </si>
   <si>
     <t>#45 Jon Inman - TE</t>
   </si>
   <si>
     <t>#81 Patrick Tuttle - WR</t>
   </si>