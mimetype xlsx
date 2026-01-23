--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -341,51 +341,51 @@
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>PAT 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PAT 25 (15:00) PENALTY - False Start (PAT 35-Brian Berry)</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#31 Maxwell House - RB</t>
   </si>
   <si>
     <t>#30 Rickey Roberson - FB</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#19 Brian Berry - WR</t>
   </si>
   <si>
     <t>#10 Manuel Luna - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#74 Steven Jenkins - RG</t>
   </si>
   <si>
     <t>#73 Kevin Greene - C</t>
   </si>
   <si>
     <t>#63 Robert Cox - RG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
     <t>#50 Robert Potter - LDE</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#75 Bruno Robles - RDE</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#96 Nathaniel Creswell - WLB</t>
   </si>
   <si>
     <t>#37 Gerald Engman - CB</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
     <t>#22 Duane McLaurin - FS</t>
   </si>
   <si>
-    <t>#20 James Witkowski - FS</t>
+    <t>#20 James Witkowski - SS</t>
   </si>
   <si>
     <t>PAT 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-15-PAT 20 (15:00) 12-Joe Bribem pass complete to 35-Brian Berry to PAT 40 for 20 yards. Tackle by 22-Duane McLaurin.</t>
   </si>
   <si>
     <t>#40 Michael Dolan - RB</t>
   </si>
   <si>
     <t>#88 Steven Grant - WR</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>PAT 40</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-9-PAT 41 (13:40) 40-Michael Dolan ran to PAT 41 for -1 yards. 40-Michael Dolan FUMBLES (59-Justin Magee) recovered by PAT-40-Michael Dolan at PAT 41. Tackle by 59-Justin Magee. DET 48-Ian Schubert was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#78 Justin Wylie - C</t>
   </si>
   <si>
     <t>#79 Tracy Johnson - DT</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-9-PAT 41 (13:00) 12-Joe Bribem pass Pass knocked down by 90-Phillip French. incomplete, intended for 40-Michael Dolan.</t>
   </si>
   <si>
-    <t>#18 James Payne - WR</t>
+    <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>#57 Phillip French - WLB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-PAT 41 (12:57) 7-Kevin Jackson punts 55 yards to DET 4.</t>
   </si>
   <si>
     <t>#7 Kevin Jackson - P</t>
   </si>
   <si>
     <t>#68 Damien Black - RT</t>
   </si>
   <si>
     <t>#49 Billy Martens - RB</t>
   </si>
@@ -536,75 +536,75 @@
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#71 Daniel Ryan - RT</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>DET 4</t>
   </si>
   <si>
     <t>1-10-DET 4 (12:48) 46-Billy Martens ran to DET 4 for a short gain. Tackle by 58-Luciano Fraser.</t>
   </si>
   <si>
     <t>#10 Mark Osborne - QB</t>
   </si>
   <si>
     <t>#86 Mack Pollard - FB</t>
   </si>
   <si>
     <t>#45 Jon Inman - TE</t>
   </si>
   <si>
-    <t>#81 Patrick Tuttle - WR</t>
+    <t>#11 Patrick Tuttle - WR</t>
   </si>
   <si>
     <t>#16 Charles Lacy - WR</t>
   </si>
   <si>
     <t>#68 William Steele - LT</t>
   </si>
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#78 Anthony Colon - C</t>
   </si>
   <si>
     <t>#73 Wayne Peters - RG</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#95 Gregory Jones - DT</t>
   </si>
   <si>
-    <t>#54 Henry Stevens - DT</t>
+    <t>#66 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#58 Luciano Fraser - RDE</t>
   </si>
   <si>
     <t>#31 Merlin Alvarez - FS</t>
   </si>
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>2-10-DET 4 (12:09) 10-Mark Osborne pass complete to 16-Charles Lacy to DET 15 for 11 yards. Tackle by 99-Edwin Dial.</t>
   </si>
   <si>
     <t>#89 Antonio Booth - WR</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>DET 15</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DET 15 (11:25) 10-Mark Osborne pass complete to 88-Patrick Tuttle to DET 32 for 17 yards. Tackle by 22-Mark Letourneau. Great move by 88-Patrick Tuttle to get free of his coverage.</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>DET 32</t>
   </si>
   <si>
     <t>1-10-DET 32 (10:40) 10-Mark Osborne pass complete to 24-Christopher Hibbert to DET 37 for 5 yards. Tackle by 52-Kevin Cushing.</t>
   </si>
   <si>
     <t>#25 Christopher Hibbert - RB</t>
   </si>
   <si>
     <t>#87 Gregory Lopez - WR</t>
   </si>
   <si>
     <t>#40 Steven Souza - RB</t>
   </si>
   <si>
-    <t>#81 Robert Averill - WR</t>
+    <t>#15 Robert Averill - WR</t>
   </si>
   <si>
     <t>#97 Kevin Cushing - SLB</t>
   </si>
   <si>
     <t>#90 James Bryant - MLB</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>DET 37</t>
   </si>
   <si>
     <t>I Formation Big TE Sneak Out</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-5-DET 37 (9:54) 10-Mark Osborne pass Pass knocked down by 99-Edwin Dial. incomplete, intended for 83-Jon Inman. 99-Edwin Dial got away with a hold on that play. 58-Luciano Fraser got away with a hold on that play.</t>
   </si>
   <si>
     <t>#82 Daniel Osborn - TE</t>
   </si>