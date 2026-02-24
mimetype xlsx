--- v2 (2026-01-23)
+++ v3 (2026-02-24)
@@ -368,51 +368,51 @@
   <si>
     <t>#19 Brian Berry - WR</t>
   </si>
   <si>
     <t>#10 Manuel Luna - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#74 Steven Jenkins - RG</t>
   </si>
   <si>
     <t>#73 Kevin Greene - C</t>
   </si>
   <si>
     <t>#63 Robert Cox - RG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
     <t>#50 Robert Potter - LDE</t>
   </si>
   <si>
-    <t>#93 Donald Bartos - LDE</t>
+    <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#75 Bruno Robles - RDE</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#96 Nathaniel Creswell - WLB</t>
   </si>
   <si>
     <t>#37 Gerald Engman - CB</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
     <t>#22 Duane McLaurin - FS</t>
   </si>