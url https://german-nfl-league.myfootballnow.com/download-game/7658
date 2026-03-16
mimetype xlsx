--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -476,51 +476,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-9-PAT 41 (13:40) 40-Michael Dolan ran to PAT 41 for -1 yards. 40-Michael Dolan FUMBLES (59-Justin Magee) recovered by PAT-40-Michael Dolan at PAT 41. Tackle by 59-Justin Magee. DET 48-Ian Schubert was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#78 Justin Wylie - C</t>
   </si>
   <si>
     <t>#79 Tracy Johnson - DT</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-9-PAT 41 (13:00) 12-Joe Bribem pass Pass knocked down by 90-Phillip French. incomplete, intended for 40-Michael Dolan.</t>
   </si>
   <si>
-    <t>#6 James Payne - WR</t>
+    <t>#80 James Payne - WR</t>
   </si>
   <si>
     <t>#57 Phillip French - WLB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-PAT 41 (12:57) 7-Kevin Jackson punts 55 yards to DET 4.</t>
   </si>
   <si>
     <t>#7 Kevin Jackson - P</t>
   </si>
   <si>
     <t>#68 Damien Black - RT</t>
   </si>
   <si>
     <t>#49 Billy Martens - RB</t>
   </si>