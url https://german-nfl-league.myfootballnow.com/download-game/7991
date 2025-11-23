--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -308,102 +308,102 @@
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>#33 Edwin Dial - CB</t>
   </si>
   <si>
     <t>#92 Robert Sisneros - CB</t>
   </si>
   <si>
     <t>#55 Mark Letourneau - SLB</t>
   </si>
   <si>
     <t>#44 Dennis Harnish - CB</t>
   </si>
   <si>
     <t>#25 Ricky Garner - CB</t>
   </si>
   <si>
     <t>#20 Thomas Bassham - FS</t>
   </si>
   <si>
     <t>#23 Donald Cobb - FS</t>
   </si>
   <si>
-    <t>#21 Harry McKee - CB</t>
+    <t>#47 Harry McKee - CB</t>
   </si>
   <si>
     <t>#38 Alan Kennedy - FS</t>
   </si>
   <si>
     <t>#6 Ricardo Cain - K</t>
   </si>
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>PAT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-PAT 25 (15:00) 14-James Schroeder ran to PAT 24 for -1 yards. Tackle by 96-Nathaniel Creswell.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#14 James Schroeder - RB</t>
   </si>
   <si>
     <t>#30 Rickey Roberson - FB</t>
   </si>
   <si>
     <t>#2 John Vallejo - C</t>
   </si>
   <si>
     <t>#10 Manuel Luna - WR</t>
   </si>
   <si>
     <t>#88 Steven Grant - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#78 Justin Wylie - C</t>
   </si>
   <si>
-    <t>#64 Max Harden - LG</t>
+    <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
     <t>#50 Robert Potter - LDE</t>
   </si>
   <si>
     <t>#75 Bruno Robles - RDE</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#96 Nathaniel Creswell - WLB</t>
   </si>