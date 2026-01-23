--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PAT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Ricardo Cain kicks 74 yards from DET 35 to PAT -9. Touchback.</t>
   </si>
   <si>
-    <t>#18 James Payne - WR</t>
+    <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>#33 Edwin Dial - CB</t>
   </si>
   <si>
     <t>#92 Robert Sisneros - CB</t>
   </si>
   <si>
     <t>#55 Mark Letourneau - SLB</t>
   </si>
   <si>
     <t>#44 Dennis Harnish - CB</t>
   </si>
   <si>
     <t>#25 Ricky Garner - CB</t>
   </si>
   <si>
     <t>#20 Thomas Bassham - FS</t>
   </si>
   <si>
     <t>#23 Donald Cobb - FS</t>
   </si>
@@ -341,51 +341,51 @@
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>PAT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-PAT 25 (15:00) 14-James Schroeder ran to PAT 24 for -1 yards. Tackle by 96-Nathaniel Creswell.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#14 James Schroeder - RB</t>
   </si>
   <si>
     <t>#30 Rickey Roberson - FB</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#10 Manuel Luna - WR</t>
   </si>
   <si>
     <t>#88 Steven Grant - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#78 Justin Wylie - C</t>
   </si>
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
     <t>#50 Robert Potter - LDE</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#96 Nathaniel Creswell - WLB</t>
   </si>
   <si>
     <t>#35 Kenneth Hughes - CB</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
     <t>#48 Ian Schubert - SS</t>
   </si>
   <si>
-    <t>#20 James Witkowski - FS</t>
+    <t>#20 James Witkowski - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>PAT 24</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-11-PAT 24 (14:20) 12-Joe Bribem pass incomplete, intended for 18-James Payne.</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
@@ -458,114 +458,114 @@
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>PAT 19</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-PAT 19 (13:37) 7-Kevin Jackson punts 48 yards to DET 34. Fair Catch by 28-Larry Ball.</t>
   </si>
   <si>
     <t>#7 Kevin Jackson - P</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>#33 Michael Barahona - SS</t>
   </si>
   <si>
-    <t>#63 Steven Lagrange - LT</t>
+    <t>#65 Steven Lagrange - LT</t>
   </si>
   <si>
     <t>#84 Ryan Kaster - LG</t>
   </si>
   <si>
     <t>#71 Daniel Ryan - RT</t>
   </si>
   <si>
     <t>#47 Fred Adams - SS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>DET 34</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DET 34 (13:31) 10-Mark Osborne pass complete to 28-Larry Ball to DET 42 for 9 yards. Pushed out of bounds by 38-Alan Kennedy.</t>
   </si>
   <si>
     <t>#10 Mark Osborne - QB</t>
   </si>
   <si>
     <t>#44 Christopher Mills - FB</t>
   </si>
   <si>
-    <t>#81 Patrick Tuttle - WR</t>
+    <t>#11 Patrick Tuttle - WR</t>
   </si>
   <si>
     <t>#89 Antonio Booth - WR</t>
   </si>
   <si>
     <t>#87 Gregory Lopez - WR</t>
   </si>
   <si>
     <t>#68 William Steele - LT</t>
   </si>
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#78 Anthony Colon - C</t>
   </si>
   <si>
     <t>#75 James East - C</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#51 Steven Gravatt - MLB</t>
   </si>
   <si>
     <t>#95 Gregory Jones - DT</t>
   </si>
   <si>
-    <t>#54 Henry Stevens - DT</t>
+    <t>#66 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
     <t>#31 Merlin Alvarez - FS</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>DET 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-DET 42 (12:52) 28-Larry Ball ran to DET 42 for a short gain. Tackle by 55-Johnathan Burket.</t>
   </si>
   <si>
     <t>#40 Steven Souza - RB</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>PAT 38</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PAT 38 (9:21) 10-Mark Osborne pass complete to 40-Steven Souza to PAT 31 for 8 yards. Tackle by 90-James Bryant.</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>PAT 31</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-2-PAT 31 (8:37) 10-Mark Osborne pass complete to 28-Larry Ball to PAT 26 for 5 yards. Tackle by 38-Alan Kennedy.</t>
   </si>
   <si>
-    <t>#81 Robert Averill - WR</t>
+    <t>#15 Robert Averill - WR</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>PAT 26</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PAT 26 (7:50) 10-Mark Osborne pass complete to 49-Julian McClain to PAT 21 for 5 yards. Tackle by 31-Donald Cobb.</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>PAT 21</t>
   </si>
   <si>
     <t>2-5-PAT 21 (7:12) 40-Steven Souza ran to PAT 18 for 3 yards. Tackle by 37-Merlin Alvarez. PAT 58-Luciano Fraser was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#74 Robert Slaughter - RG</t>
   </si>
@@ -1541,51 +1541,51 @@
   <si>
     <t>2-5-PAT 24 (6:18) 12-Joe Bribem pass complete to 18-James Payne to PAT 29 for 6 yards. Tackle by 26-Tony Davis.</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>PAT 29</t>
   </si>
   <si>
     <t>1-10-PAT 29 (5:37) 12-Joe Bribem pass incomplete, dropped by 80-David Grier.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>2-10-PAT 29 (5:33) 14-James Schroeder ran to PAT 33 for 4 yards. Tackle by 95-Richard Nash.</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>3-6-PAT 33 (4:47) 12-Joe Bribem pass Pass knocked down by 26-Tony Davis. incomplete, intended for 89-Manuel Luna. PENALTY - Holding (PAT 64-Max Harden) (Declined)</t>
   </si>
   <si>
-    <t>#17 Andrew Hurley - RB</t>
+    <t>#17 Andrew Hurley - WR</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>4-6-PAT 33 (4:43) 7-Kevin Jackson punts 49 yards to DET 18. Fair Catch by 28-Larry Ball.</t>
   </si>
   <si>
     <t>4:36</t>
   </si>
   <si>
     <t>DET 18</t>
   </si>
   <si>
     <t>1-10-DET 18 (4:37) 10-Mark Osborne pass INTERCEPTED by 23-Harry McKee at DET 18. 23-Harry McKee to DET 18 for -0 yards. Tackle by 28-Larry Ball.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>1-10-DET 18 (4:33) 14-James Schroeder ran to DET 12 for 6 yards. Tackle by 20-James Witkowski.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
@@ -2355,51 +2355,51 @@
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>