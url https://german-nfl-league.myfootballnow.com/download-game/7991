--- v2 (2026-01-23)
+++ v3 (2026-02-24)
@@ -884,51 +884,51 @@
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-3-PAT 49 (0:16) 12-Joe Bribem pass complete to 18-James Payne to DET 26 for 26 yards. Tackle by 33-Glenn Dasher. 18-James Payne made a great move on the CB.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>DET 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>1-10-DET 26 (15:00) 80-David Grier ran to DET 16 for 10 yards. Tackle by 42-James Hart.</t>
   </si>
   <si>
     <t>#83 Kevin Greer - TE</t>
   </si>
   <si>
-    <t>#93 Donald Bartos - LDE</t>
+    <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#57 Phillip French - WLB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DET 16</t>
   </si>
   <si>
     <t>2-1-DET 16 (14:16) 12-Joe Bribem pass complete to 18-James Payne to DET 14 for 2 yards. Tackle by 42-James Hart. 18-James Payne did some fancy footwork there.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>DET 14</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DET 14 (13:36) 14-James Schroeder ran to DET 11 for 3 yards. Tackle by 2-Douglas White.</t>
   </si>