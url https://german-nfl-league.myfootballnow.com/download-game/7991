--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PAT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Ricardo Cain kicks 74 yards from DET 35 to PAT -9. Touchback.</t>
   </si>
   <si>
-    <t>#6 James Payne - WR</t>
+    <t>#80 James Payne - WR</t>
   </si>
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>#33 Edwin Dial - CB</t>
   </si>
   <si>
     <t>#92 Robert Sisneros - CB</t>
   </si>
   <si>
     <t>#55 Mark Letourneau - SLB</t>
   </si>
   <si>
     <t>#44 Dennis Harnish - CB</t>
   </si>
   <si>
     <t>#25 Ricky Garner - CB</t>
   </si>
   <si>
     <t>#20 Thomas Bassham - FS</t>
   </si>
   <si>
     <t>#23 Donald Cobb - FS</t>
   </si>
@@ -2355,51 +2355,51 @@
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>