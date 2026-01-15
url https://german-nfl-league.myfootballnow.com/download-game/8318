--- v0 (2025-10-16)
+++ v1 (2026-01-15)
@@ -308,162 +308,162 @@
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>#55 Mark Letourneau - SLB</t>
   </si>
   <si>
     <t>#92 Robert Sisneros - CB</t>
   </si>
   <si>
     <t>#45 James Lang - CB</t>
   </si>
   <si>
     <t>#44 Dennis Harnish - CB</t>
   </si>
   <si>
     <t>#41 Leon Brighton - CB</t>
   </si>
   <si>
     <t>#20 Thomas Bassham - FS</t>
   </si>
   <si>
     <t>#23 Donald Cobb - FS</t>
   </si>
   <si>
-    <t>#21 Harry McKee - CB</t>
+    <t>#47 Harry McKee - CB</t>
   </si>
   <si>
     <t>#38 Alan Kennedy - FS</t>
   </si>
   <si>
     <t>#3 James Street - K</t>
   </si>
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>PAT 26</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-PAT 26 (14:55) 12-Joe Bribem pass complete to 2-John Vallejo to PAT 29 for 3 yards. Pushed out of bounds by 31-Peter Stallworth. TEN 51-Doug Madison was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#47 David Grier - RB</t>
   </si>
   <si>
     <t>#43 David Fifield - FB</t>
   </si>
   <si>
     <t>#30 Rickey Roberson - FB</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#82 Lucius Yates - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
-    <t>#60 Ronald Gaughan - C</t>
-[...2 lines deleted...]
-    <t>#64 Max Harden - LG</t>
+    <t>#78 Ronald Gaughan - C</t>
+  </si>
+  <si>
+    <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
     <t>#58 Doug Madison - RDE</t>
   </si>
   <si>
-    <t>#77 James Neal - MLB</t>
+    <t>#53 James Neal - DT</t>
   </si>
   <si>
     <t>#75 John Martin - DT</t>
   </si>
   <si>
     <t>#94 Thomas Nolan - DT</t>
   </si>
   <si>
     <t>#90 John Schmidt - LDE</t>
   </si>
   <si>
     <t>#58 Michael Dorsey - SLB</t>
   </si>
   <si>
     <t>#53 Nicholas Pettit - MLB</t>
   </si>
   <si>
     <t>#58 Thomas Mills - WLB</t>
   </si>
   <si>
     <t>#39 John Stephens - CB</t>
   </si>
   <si>
     <t>#31 Peter Stallworth - CB</t>
   </si>
   <si>
     <t>#42 James Ladner - SS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>PAT 29</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-7-PAT 29 (14:14) 12-Joe Bribem pass Pass knocked down by 56-Larry Rodriguez. incomplete, intended for 80-David Grier. PENALTY - Holding (PAT 30-Rickey Roberson)</t>
   </si>
   <si>
     <t>#18 James Payne - WR</t>
   </si>
   <si>
-    <t>#59 Larry Rodriguez - WLB</t>
+    <t>#59 Larry Rodriguez - MLB</t>
   </si>
   <si>
     <t>#36 Daniel Erickson - CB</t>
   </si>
   <si>
     <t>#44 Christopher Rangel - FS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>PAT 19</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-17-PAT 19 (14:10) 12-Joe Bribem pass complete to 86-Rudolph Powell to PAT 24 for 6 yards. Tackle by 39-John Stephens. TEN 94-Thomas Nolan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 Kevin Greer - TE</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>#87 Brian Reza - WR</t>
   </si>
   <si>
     <t>#77 Vernon Geary - LT</t>
   </si>
   <si>
     <t>#77 Gregory Lapierre - RG</t>
   </si>
   <si>
     <t>#66 Alberto Monroy - C</t>
   </si>
   <si>
     <t>#75 John Frye - LG</t>
   </si>
   <si>
     <t>#73 Ted Morris - RT</t>
   </si>
   <si>
     <t>#51 Steven Gravatt - MLB</t>
   </si>
   <si>
     <t>#68 Stanley Stokley - DT</t>
   </si>
   <si>
-    <t>#54 Henry Stevens - DT</t>
+    <t>#66 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
     <t>#31 Merlin Alvarez - FS</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>TEN 22</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-12-TEN 22 (12:03) PENALTY - False Start (TEN 77-Gregory Lapierre)</t>
   </si>
   <si>
     <t>#40 Kenneth White - FB</t>
   </si>
@@ -1079,51 +1079,51 @@
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>2-10-PAT 27 (13:49) 12-Joe Bribem pass complete to 80-David Grier to PAT 30 for 3 yards. Tackle by 36-Daniel Erickson.</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>PAT 30</t>
   </si>
   <si>
     <t>3-7-PAT 30 (13:13) 12-Joe Bribem pass complete to 80-David Grier to PAT 37 for 7 yards. Tackle by 35-James Ladner.</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>1-10-PAT 37 (12:28) 12-Joe Bribem pass incomplete, intended for 2-John Vallejo.</t>
   </si>
   <si>
     <t>#17 Andrew Hurley - RB</t>
   </si>
   <si>
-    <t>#50 Mark Levy - WLB</t>
+    <t>#50 Mark Levy - MLB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-10-PAT 37 (12:25) 80-David Grier ran to PAT 47 for 10 yards. Tackle by 44-Christopher Rangel.</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>PAT 47</t>
   </si>
   <si>
     <t>3-1-PAT 47 (11:42) 12-Joe Bribem pass incomplete, intended for 2-John Vallejo.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>4-1-PAT 47 (11:40) 7-Kevin Jackson punts 61 yards to TEN -8.4-1-PAT 47 (11:40) 7-Kevin Jackson punts 61 yards to TEN -8. Touchback.</t>
   </si>
@@ -1211,51 +1211,51 @@
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Post</t>
   </si>
   <si>
     <t>1-10-TEN 20 (7:09) 15-Joseph Milstead pass Pass knocked down by 31-Donald Cobb. incomplete, intended for 83-James Littlefield.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>2-10-TEN 20 (7:05) 15-Joseph Milstead pass complete to 28-John Woods to TEN 42 for 22 yards. Tackle by 37-Merlin Alvarez.</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>TEN 42</t>
   </si>
   <si>
     <t>1-10-TEN 42 (6:24) 15-Joseph Milstead pass complete to 83-James Littlefield to TEN 44 for 2 yards. Tackle by 90-James Bryant.</t>
   </si>
   <si>
-    <t>#88 Craig Lucas - TE</t>
+    <t>#80 Craig Lucas - TE</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>2-8-TEN 44 (5:47) 33-Jody Turner ran to TEN 48 for 4 yards. Tackle by 55-Johnathan Burket.</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>Timeout TEN</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>TEN 48</t>
   </si>
   <si>
     <t>3-4-TEN 48 (5:06) 15-Joseph Milstead pass complete to 87-Brian Reza to PAT 40 for 13 yards. Tackle by 22-Mark Letourneau. 87-Brian Reza breaks down the CB.</t>
   </si>
   <si>
     <t>4:27</t>
   </si>