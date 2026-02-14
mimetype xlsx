--- v1 (2026-01-15)
+++ v2 (2026-02-14)
@@ -416,57 +416,57 @@
   <si>
     <t>#39 John Stephens - CB</t>
   </si>
   <si>
     <t>#31 Peter Stallworth - CB</t>
   </si>
   <si>
     <t>#42 James Ladner - SS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>PAT 29</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-7-PAT 29 (14:14) 12-Joe Bribem pass Pass knocked down by 56-Larry Rodriguez. incomplete, intended for 80-David Grier. PENALTY - Holding (PAT 30-Rickey Roberson)</t>
   </si>
   <si>
-    <t>#18 James Payne - WR</t>
+    <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>#59 Larry Rodriguez - MLB</t>
   </si>
   <si>
-    <t>#36 Daniel Erickson - CB</t>
+    <t>#26 Daniel Erickson - CB</t>
   </si>
   <si>
     <t>#44 Christopher Rangel - FS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>PAT 19</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-17-PAT 19 (14:10) 12-Joe Bribem pass complete to 86-Rudolph Powell to PAT 24 for 6 yards. Tackle by 39-John Stephens. TEN 94-Thomas Nolan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 Kevin Greer - TE</t>
   </si>
   <si>
     <t>#39 William Phelps - WR</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>1-10-PAT 27 (13:52) 12-Joe Bribem pass Pass knocked down by 31-Peter Stallworth. incomplete, intended for 2-John Vallejo.</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>2-10-PAT 27 (13:49) 12-Joe Bribem pass complete to 80-David Grier to PAT 30 for 3 yards. Tackle by 36-Daniel Erickson.</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>PAT 30</t>
   </si>
   <si>
     <t>3-7-PAT 30 (13:13) 12-Joe Bribem pass complete to 80-David Grier to PAT 37 for 7 yards. Tackle by 35-James Ladner.</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>1-10-PAT 37 (12:28) 12-Joe Bribem pass incomplete, intended for 2-John Vallejo.</t>
   </si>
   <si>
-    <t>#17 Andrew Hurley - RB</t>
+    <t>#17 Andrew Hurley - WR</t>
   </si>
   <si>
     <t>#50 Mark Levy - MLB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-10-PAT 37 (12:25) 80-David Grier ran to PAT 47 for 10 yards. Tackle by 44-Christopher Rangel.</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>PAT 47</t>
   </si>
   <si>
     <t>3-1-PAT 47 (11:42) 12-Joe Bribem pass incomplete, intended for 2-John Vallejo.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>