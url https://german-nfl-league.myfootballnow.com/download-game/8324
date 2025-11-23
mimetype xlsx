--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Joshua Williams kicks 75 yards from LAC 35 to DET -10. Touchback.</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
     <t>#22 Duane McLaurin - FS</t>
   </si>
   <si>
     <t>#20 James Witkowski - FS</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
-    <t>#25 William Morrison - CB</t>
+    <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#48 Ian Schubert - SS</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
     <t>#31 Erik Mickle - FS</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>#19 Joshua Williams - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
@@ -365,78 +365,78 @@
   <si>
     <t>#81 Patrick Tuttle - WR</t>
   </si>
   <si>
     <t>#87 Gregory Lopez - WR</t>
   </si>
   <si>
     <t>#68 William Steele - LT</t>
   </si>
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
     <t>#75 James East - C</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#27 Robert Davis - LDE</t>
   </si>
   <si>
-    <t>#96 Steve Marshall - RDE</t>
+    <t>#94 Steve Marshall - RDE</t>
   </si>
   <si>
     <t>#95 Kenneth Hart - DT</t>
   </si>
   <si>
     <t>#53 Michael Littlefield - LDE</t>
   </si>
   <si>
-    <t>#50 Tommy Cash - MLB</t>
-[...2 lines deleted...]
-    <t>#51 Randal Thomas - WLB</t>
+    <t>#76 Tommy Cash - LDE</t>
+  </si>
+  <si>
+    <t>#53 Randal Thomas - WLB</t>
   </si>
   <si>
     <t>#35 John Reed - CB</t>
   </si>
   <si>
     <t>#21 Peter Gabriel - CB</t>
   </si>
   <si>
     <t>#38 Harry Walsh - CB</t>
   </si>
   <si>
     <t>#99 John Hornback - SS</t>
   </si>
   <si>
-    <t>#31 Austin Gentry - FS</t>
+    <t>#31 Austin Gentry - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-DET 25 (14:57) 10-Mark Osborne pass Pass knocked down by 51-Randal Thomas. incomplete, intended for 44-Christopher Mills.</t>
   </si>
   <si>
     <t>#89 Antonio Booth - WR</t>
   </si>
   <si>
     <t>#43 Jose Johnson - SS</t>
   </si>
   <si>
     <t>#30 Brandon Coleman - CB</t>
   </si>
   <si>
     <t>#46 William Tuma - FS</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>#18 William Numbers - WR</t>
   </si>
   <si>
     <t>#81 Robert Averill - WR</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>4-8-DET 13 (10:15) 8-Karl Usher punts 47 yards to LAC 41. Fair Catch by 22-William Firkins.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>LAC 41</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-LAC 41 (10:09) 22-William Firkins ran to LAC 42 for 2 yards. Tackle by 94-Shelton Berg.</t>
   </si>
   <si>
-    <t>#94 Shelton Berg - DT</t>
+    <t>#94 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>LAC 42</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-8-LAC 42 (9:36) 17-Lee King pass incomplete, intended for 34-Gerald Cantu.</t>
   </si>
   <si>
     <t>#50 Robert Potter - LDE</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>