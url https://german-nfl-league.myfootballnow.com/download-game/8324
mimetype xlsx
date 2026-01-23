--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -290,102 +290,102 @@
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Joshua Williams kicks 75 yards from LAC 35 to DET -10. Touchback.</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
     <t>#22 Duane McLaurin - FS</t>
   </si>
   <si>
-    <t>#20 James Witkowski - FS</t>
+    <t>#20 James Witkowski - SS</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
     <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#48 Ian Schubert - SS</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
     <t>#31 Erik Mickle - FS</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>#19 Joshua Williams - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 10-Mark Osborne pass Pass knocked down by 38-Harry Walsh. incomplete, intended for 88-Patrick Tuttle.</t>
   </si>
   <si>
     <t>#10 Mark Osborne - QB</t>
   </si>
   <si>
     <t>#44 Christopher Mills - FB</t>
   </si>
   <si>
     <t>#82 Christopher Doyle - RB</t>
   </si>
   <si>
-    <t>#81 Patrick Tuttle - WR</t>
+    <t>#11 Patrick Tuttle - WR</t>
   </si>
   <si>
     <t>#87 Gregory Lopez - WR</t>
   </si>
   <si>
     <t>#68 William Steele - LT</t>
   </si>
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
     <t>#75 James East - C</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#27 Robert Davis - LDE</t>
   </si>
   <si>
     <t>#94 Steve Marshall - RDE</t>
   </si>
@@ -662,72 +662,72 @@
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-12-DET 8 (11:04) 10-Mark Osborne pass complete to 49-Julian McClain to DET 13 for 4 yards. Tackle by 99-John Hornback.</t>
   </si>
   <si>
     <t>#18 Julian McClain - WR</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>DET 13</t>
   </si>
   <si>
     <t>3-8-DET 13 (10:18) 10-Mark Osborne pass Pass knocked down by 30-Brandon Coleman. incomplete, intended for 49-Julian McClain.</t>
   </si>
   <si>
     <t>#25 Christopher Hibbert - RB</t>
   </si>
   <si>
     <t>#18 William Numbers - WR</t>
   </si>
   <si>
-    <t>#81 Robert Averill - WR</t>
+    <t>#15 Robert Averill - WR</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>4-8-DET 13 (10:15) 8-Karl Usher punts 47 yards to LAC 41. Fair Catch by 22-William Firkins.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>LAC 41</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-LAC 41 (10:09) 22-William Firkins ran to LAC 42 for 2 yards. Tackle by 94-Shelton Berg.</t>
   </si>
   <si>
-    <t>#94 Shelton Berg - MLB</t>
+    <t>#59 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>LAC 42</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-8-LAC 42 (9:36) 17-Lee King pass incomplete, intended for 34-Gerald Cantu.</t>
   </si>
   <si>
     <t>#50 Robert Potter - LDE</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
@@ -821,51 +821,51 @@
   <si>
     <t>DET 26</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-9-DET 26 (6:47) 10-Mark Osborne pass complete to 28-Larry Ball to DET 37 for 11 yards. Tackle by 46-William Tuma. 28-Larry Ball did some fancy footwork there. DET 28-Larry Ball was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:12</t>
   </si>
   <si>
     <t>1-10-DET 37 (6:11) 10-Mark Osborne pass complete to 18-William Numbers to LAC 26 for 37 yards. DET 65-Daniel McCumber was injured on the play. He looks like he should be able to return. DET 18-William Numbers was injured on the play. He looks like he should be able to return. LAC 30-Brandon Coleman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>LAC 26</t>
   </si>
   <si>
     <t>1-10-LAC 26 (5:31) 10-Mark Osborne pass complete to 24-Christopher Hibbert for 26 yards. TOUCHDOWN! LAC 3 DET 6</t>
   </si>
   <si>
-    <t>#62 Michael Daniel - RT</t>
+    <t>#50 Michael Daniel - RT</t>
   </si>
   <si>
     <t>#90 Franklin Rodriguez - RDE</t>
   </si>
   <si>
     <t>5:24</t>
   </si>
   <si>
     <t>LAC 15</t>
   </si>
   <si>
     <t>(5:25) Extra point GOOD by 6-Ricardo Cain. LAC 3 DET 7</t>
   </si>
   <si>
     <t>#6 Ricardo Cain - K</t>
   </si>
   <si>
     <t>#73 Dwayne Weir - RG</t>
   </si>
   <si>
     <t>#73 Wesley Allen - RDE</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>