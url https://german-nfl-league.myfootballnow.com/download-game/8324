--- v2 (2026-01-23)
+++ v3 (2026-02-24)
@@ -530,51 +530,51 @@
   <si>
     <t>#61 Alvin Dean - LT</t>
   </si>
   <si>
     <t>#60 Jae Williamson - LG</t>
   </si>
   <si>
     <t>#48 Juan Rich - FB</t>
   </si>
   <si>
     <t>#76 Stephen Taylor - RG</t>
   </si>
   <si>
     <t>#74 Richard Morgan - RT</t>
   </si>
   <si>
     <t>#54 Charles Murray - LDE</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#75 Bruno Robles - RDE</t>
   </si>
   <si>
-    <t>#93 Donald Bartos - LDE</t>
+    <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#96 Nathaniel Creswell - WLB</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>LAC 24</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-7-LAC 24 (13:24) 17-Lee King pass complete to 10-Donald Blunt to LAC 34 for 10 yards. Tackle by 48-Ian Schubert.</t>
   </si>
   <si>
     <t>#10 Bob Payne - WR</t>
   </si>