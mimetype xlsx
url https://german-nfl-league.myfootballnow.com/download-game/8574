--- v0 (2025-11-03)
+++ v1 (2026-02-01)
@@ -290,57 +290,57 @@
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Carl Person kicks 71 yards from IND 35 to TEN -6. 33-Jody Turner to TEN 25 for 32 yards. Tackle by 26-Walter Loeffler.</t>
   </si>
   <si>
     <t>#28 Jody Turner - WR</t>
   </si>
   <si>
     <t>#43 Mitchell Tanksley - FS</t>
   </si>
   <si>
     <t>#36 Daniel Erickson - CB</t>
   </si>
   <si>
-    <t>#59 Larry Rodriguez - WLB</t>
+    <t>#59 Larry Rodriguez - MLB</t>
   </si>
   <si>
     <t>#66 Orlando Telford - RDE</t>
   </si>
   <si>
-    <t>#77 James Neal - MLB</t>
+    <t>#53 James Neal - DT</t>
   </si>
   <si>
     <t>#31 Peter Stallworth - CB</t>
   </si>
   <si>
     <t>#44 Christopher Rangel - FS</t>
   </si>
   <si>
     <t>#72 Karl Hewlett - DT</t>
   </si>
   <si>
     <t>#79 Ben Gaye - RDE</t>
   </si>
   <si>
     <t>#42 James Ladner - SS</t>
   </si>
   <si>
     <t>#10 Carl Person - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
@@ -371,51 +371,51 @@
   <si>
     <t>#12 Nicolas Bean - WR</t>
   </si>
   <si>
     <t>#80 Eric Garcia - WR</t>
   </si>
   <si>
     <t>#77 Vernon Geary - LT</t>
   </si>
   <si>
     <t>#75 John Frye - LG</t>
   </si>
   <si>
     <t>#66 Alberto Monroy - C</t>
   </si>
   <si>
     <t>#76 Thomas Saad - RG</t>
   </si>
   <si>
     <t>#73 Ted Morris - RT</t>
   </si>
   <si>
     <t>#78 Robert Dalton - LDE</t>
   </si>
   <si>
-    <t>#58 Hector Johnson - RDE</t>
+    <t>#58 Hector Johnson - LDE</t>
   </si>
   <si>
     <t>#55 Alfred Montoya - DT</t>
   </si>
   <si>
     <t>#91 Erich Brown - RDE</t>
   </si>
   <si>
     <t>#57 Wesley Lanham - MLB</t>
   </si>
   <si>
     <t>#46 Brent Murray - WLB</t>
   </si>
   <si>
     <t>#55 Geoffrey Sawyers - SLB</t>
   </si>
   <si>
     <t>#56 Robert Hodge - MLB</t>
   </si>
   <si>
     <t>#40 Ken Salazar - CB</t>
   </si>
   <si>
     <t>#50 Tim Greenwood - SLB</t>
   </si>
@@ -560,102 +560,102 @@
   <si>
     <t>IND 1</t>
   </si>
   <si>
     <t>1-1-IND 1 (8:57) 28-John Woods ran for 1 yards. TOUCHDOWN! IND 0 TEN 6</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>IND 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:54) Extra point GOOD by 12-James Street. IND 0 TEN 7</t>
   </si>
   <si>
     <t>#3 James Street - K</t>
   </si>
   <si>
-    <t>#59 James Molnar - C</t>
+    <t>#56 James Molnar - C</t>
   </si>
   <si>
     <t>#77 Gregory Lapierre - RG</t>
   </si>
   <si>
     <t>#50 Odell Wan - DT</t>
   </si>
   <si>
     <t>#97 Edmund Murrell - SLB</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(8:54) 12-James Street kicks 75 yards from TEN 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#30 Charles Ross - RB</t>
   </si>
   <si>
     <t>#88 Fred Harrington - TE</t>
   </si>
   <si>
     <t>#22 Aurelio Ingram - FB</t>
   </si>
   <si>
     <t>#40 Brandon Sydow - FB</t>
   </si>
   <si>
-    <t>#68 Kerry Watkins - LT</t>
+    <t>#63 Kerry Watkins - LT</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Drag WR Mix</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-IND 25 (8:54) 13-Brian Sills pass complete to 16-Richard Perez to IND 32 for 7 yards. Tackle by 44-Christopher Rangel. IND 16-Richard Perez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Brian Sills - QB</t>
   </si>
   <si>
     <t>#84 Willard Wallace - TE</t>
   </si>
   <si>
-    <t>#15 Richard Perez - WR</t>
+    <t>#5 Richard Perez - WR</t>
   </si>
   <si>
     <t>#18 Randolph Hawkins - WR</t>
   </si>
   <si>
     <t>#40 Kyle Cobb - FB</t>
   </si>
   <si>
     <t>#59 Thomas Morris - LG</t>
   </si>
   <si>
     <t>#65 Donald Nicholson - C</t>
   </si>
   <si>
     <t>#79 Robert McRoy - LT</t>
   </si>
   <si>
     <t>#64 Todd Maguire - RT</t>
   </si>
   <si>
     <t>#75 John Martin - DT</t>
   </si>
   <si>
     <t>#53 Nicholas Pettit - MLB</t>
   </si>
@@ -905,51 +905,51 @@
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>TEN 24</t>
   </si>
   <si>
     <t>1-15-TEN 24 (0:13) 13-Brian Sills pass complete to 16-Richard Perez to TEN 14 for 10 yards. Tackle by 35-James Ladner.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>TEN 14</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-5-TEN 14 (15:00) 13-Brian Sills pass Pass knocked down by 36-Daniel Erickson. incomplete, intended for 18-Randolph Hawkins.</t>
   </si>
   <si>
-    <t>#50 Mark Levy - WLB</t>
+    <t>#50 Mark Levy - MLB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>3-5-TEN 14 (14:57) 13-Brian Sills pass complete to 16-Richard Perez to TEN 9 for 5 yards. Tackle by 44-Christopher Rangel.</t>
   </si>
   <si>
     <t>TEN 9</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-1-TEN 9 (14:20) 13-Brian Sills pass complete to 18-Randolph Hawkins for 9 yards. TOUCHDOWN! IND 13 TEN 14</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>(14:17) Extra point GOOD by 10-Carl Person. IND 14 TEN 14</t>
   </si>
@@ -2392,51 +2392,51 @@
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">