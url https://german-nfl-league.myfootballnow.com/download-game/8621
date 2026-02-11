--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -284,57 +284,57 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-James Street kicks 75 yards from TEN 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>#82 Daniel Wright - TE</t>
   </si>
   <si>
-    <t>#92 Nathan Turner - SLB</t>
+    <t>#52 Nathan Turner - MLB</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
-    <t>#42 Travis Johnson - SS</t>
+    <t>#42 Travis Johnson - CB</t>
   </si>
   <si>
     <t>#98 John Williams - MLB</t>
   </si>
   <si>
     <t>#98 Daniel Shirk - WLB</t>
   </si>
   <si>
     <t>#31 James Ritz - CB</t>
   </si>
   <si>
     <t>#29 Alan Tarvin - SS</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#90 John Laboy - SLB</t>
   </si>
   <si>
     <t>#72 Raymond Rodarte - LDE</t>
   </si>
   <si>
     <t>#3 James Street - K</t>
   </si>
@@ -344,117 +344,117 @@
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 8-Frank Albin pass Pass knocked down by 23-Donald Cobb. incomplete, intended for 82-John Massingill.</t>
   </si>
   <si>
     <t>#8 Frank Albin - QB</t>
   </si>
   <si>
     <t>#31 James Alford - RB</t>
   </si>
   <si>
     <t>#32 Joseph Bradshaw - FB</t>
   </si>
   <si>
     <t>#42 John Massingill - FB</t>
   </si>
   <si>
-    <t>#83 Stephen Jenks - TE</t>
+    <t>#84 Stephen Jenks - TE</t>
   </si>
   <si>
     <t>#84 Mathew Greer - WR</t>
   </si>
   <si>
     <t>#76 Winfred Frazee - RT</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#52 Tyler Lawrence - C</t>
   </si>
   <si>
-    <t>#67 Salvatore McHugh - RG</t>
-[...2 lines deleted...]
-    <t>#70 Anthony Hale - C</t>
+    <t>#55 Salvatore McHugh - RG</t>
+  </si>
+  <si>
+    <t>#61 Anthony Hale - C</t>
   </si>
   <si>
     <t>#53 James Neal - DT</t>
   </si>
   <si>
     <t>#72 Karl Hewlett - DT</t>
   </si>
   <si>
     <t>#75 John Martin - DT</t>
   </si>
   <si>
     <t>#79 Ben Gaye - RDE</t>
   </si>
   <si>
     <t>#59 Larry Rodriguez - MLB</t>
   </si>
   <si>
     <t>#95 Gregory Olson - RDE</t>
   </si>
   <si>
     <t>#58 Thomas Mills - WLB</t>
   </si>
   <si>
     <t>#31 Peter Stallworth - CB</t>
   </si>
   <si>
     <t>#43 Mitchell Tanksley - FS</t>
   </si>
   <si>
     <t>#44 Christopher Rangel - FS</t>
   </si>
   <si>
     <t>#23 Donald Cobb - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-10-CAR 25 (14:58) 24-James Alford ran to CAR 29 for 4 yards. Tackle by 44-Christopher Rangel.</t>
   </si>
   <si>
-    <t>#81 Patrick Tuttle - WR</t>
+    <t>#11 Patrick Tuttle - WR</t>
   </si>
   <si>
     <t>#42 James Ladner - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>CAR 29</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-6-CAR 29 (14:20) 8-Frank Albin pass complete to 82-John Massingill to CAR 40 for 11 yards. Tackle by 23-Donald Cobb.</t>
   </si>
   <si>
     <t>#41 Victor Schmidt - FB</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>3-3-TEN 32 (7:19) 28-John Woods ran to TEN 34 for 2 yards. Tackle by 58-Daniel Shirk.</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>TEN 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-TEN 34 (6:36) 4-Gary Wright punts 43 yards to CAR 23. 84-Mathew Greer to CAR 27 for 5 yards. Tackle by 44-Christopher Rangel.</t>
   </si>
   <si>
     <t>#2 Gary Wright - P</t>
   </si>
   <si>
-    <t>#59 James Molnar - C</t>
+    <t>#56 James Molnar - C</t>
   </si>
   <si>
     <t>#77 Gregory Lapierre - RG</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-CAR 27 (6:28) 24-James Alford ran to CAR 34 for 7 yards. Tackle by 91-Gregory Olson.</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>CAR 34</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>