--- v0 (2025-10-25)
+++ v1 (2025-11-23)
@@ -290,51 +290,51 @@
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-David Cox kicks 75 yards from GBY 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>#48 Curtis Spears - RB</t>
   </si>
   <si>
     <t>#28 Henry Macneil - CB</t>
   </si>
   <si>
     <t>#40 Jesse Frakes - FS</t>
   </si>
   <si>
-    <t>#37 Arthur Dearing - CB</t>
+    <t>#46 Arthur Dearing - CB</t>
   </si>
   <si>
     <t>#99 David Barrington - MLB</t>
   </si>
   <si>
     <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#20 Larry Gadbois - FS</t>
   </si>
   <si>
     <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
     <t>#34 Michael Salinas - FS</t>
   </si>
   <si>
     <t>#98 James Barron - WLB</t>
   </si>
   <si>
     <t>#25 Ricky Easley - SS</t>
   </si>
   <si>
     <t>#4 David Cox - K</t>
   </si>
@@ -368,51 +368,51 @@
   <si>
     <t>#88 Ronny Franklin - WR</t>
   </si>
   <si>
     <t>#60 Stephen Chow - LT</t>
   </si>
   <si>
     <t>#53 Stanley Goetz - LT</t>
   </si>
   <si>
     <t>#61 Morris Begley - C</t>
   </si>
   <si>
     <t>#71 Gerald Barlow - RG</t>
   </si>
   <si>
     <t>#75 Mark Stegall - RT</t>
   </si>
   <si>
     <t>#65 Don Mullins - LDE</t>
   </si>
   <si>
     <t>#91 Albert Allen - LDE</t>
   </si>
   <si>
-    <t>#72 Wayne Grady - RDE</t>
+    <t>#98 Wayne Grady - DT</t>
   </si>
   <si>
     <t>#52 Hyman Pena - SLB</t>
   </si>
   <si>
     <t>#92 George Cook - MLB</t>
   </si>
   <si>
     <t>#56 John Novak - WLB</t>
   </si>
   <si>
     <t>#33 Calvin Thomas - CB</t>
   </si>
   <si>
     <t>#45 Herbert Schilling - CB</t>
   </si>
   <si>
     <t>#28 Ruben Horn - CB</t>
   </si>
   <si>
     <t>#42 Paul Heard - SS</t>
   </si>
   <si>
     <t>#32 Robert Erickson - FS</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>GBY 16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-GBY 16 (12:20) 8-Roy Barbosa pass complete to 89-Ricardo Soliz to GBY 20 for 3 yards. Tackle by 47-Harold Garcia. Pressure by 92-Chad Killian.</t>
   </si>
   <si>
     <t>#8 Roy Barbosa - QB</t>
   </si>
   <si>
     <t>#49 Charles Johnson - RB</t>
   </si>
   <si>
     <t>#47 Wayne Caylor - RB</t>
   </si>
   <si>
     <t>#85 Charles Diemer - WR</t>
   </si>
   <si>
-    <t>#17 Frederick Conway - WR</t>
+    <t>#83 Frederick Conway - WR</t>
   </si>
   <si>
     <t>#60 John Anderson - LT</t>
   </si>
   <si>
     <t>#79 Ernest Chandler - RT</t>
   </si>
   <si>
     <t>#77 Jose Galloway - LG</t>
   </si>
   <si>
     <t>#65 Eric Munday - RG</t>
   </si>
   <si>
     <t>#69 Joseph Phaneuf - RT</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>
   <si>
     <t>#72 Jonathan Thomas - DT</t>
   </si>
@@ -656,51 +656,51 @@
   <si>
     <t>2-10-GBY 47 (8:28) 20-Charles Johnson ran to GBY 48 for 1 yards. Tackle by 99-David Barrington.</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>GBY 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-10-GBY 48 (7:48) 8-Roy Barbosa pass Pass knocked down by 47-Harold Garcia. incomplete, intended for 17-Frederick Conway.</t>
   </si>
   <si>
     <t>7:43</t>
   </si>
   <si>
     <t>4-10-GBY 48 (7:44) 6-Patrick Gilreath punts 43 yards to DAL 10. Fair Catch by 48-Curtis Spears.</t>
   </si>
   <si>
     <t>#6 Patrick Gilreath - P</t>
   </si>
   <si>
-    <t>#59 Richard Osborne - RG</t>
+    <t>#65 Richard Osborne - RG</t>
   </si>
   <si>
     <t>#52 James Azevedo - LG</t>
   </si>
   <si>
     <t>#58 William Tompkins - RT</t>
   </si>
   <si>
     <t>#72 Paul Welsch - LT</t>
   </si>
   <si>
     <t>#93 Dominic Myers - MLB</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>DAL 10</t>
   </si>
   <si>
     <t>1-10-DAL 10 (7:38) 9-Donald Hendricks pass complete to 32-Herbert Fitzpatrick to DAL 20 for 10 yards. Tackle by 32-Robert Erickson.</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
@@ -1664,51 +1664,51 @@
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>GBY 41</t>
   </si>
   <si>
     <t>2-3-GBY 41 (11:38) 9-Donald Hendricks pass complete to 32-Herbert Fitzpatrick to GBY 31 for 10 yards. Tackle by 28-Ruben Horn. GBY 91-Demetrius Bussey was injured on the play.</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>1-10-GBY 31 (11:03) 9-Donald Hendricks pass complete to 48-Curtis Spears to GBY 32 for -1 yards. Tackle by 33-Calvin Thomas.</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>2-11-GBY 32 (10:20) 9-Donald Hendricks pass complete to 88-Ronny Franklin to GBY 29 for 3 yards. Tackle by 92-George Cook.</t>
   </si>
   <si>
     <t>3-9-GBY 29 (9:45) 9-Donald Hendricks pass complete to 48-Curtis Spears to GBY 25 for 4 yards. Tackle by 95-Gregg Wyatt.</t>
   </si>
   <si>
-    <t>#61 Samuel Shillings - LDE</t>
+    <t>#70 Samuel Shillings - LDE</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>4-5-GBY 25 (9:01) 8-Gerald Seymour 43 yard field goal is GOOD. DAL 30 GBY 6</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>(8:58) 8-Gerald Seymour kicks 75 yards from DAL 35 to GBY -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-GBY 25 (8:58) 8-Roy Barbosa pass complete to 18-Charles Diemer to GBY 36 for 11 yards. Tackle by 34-Michael Salinas.</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>GBY 36</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>