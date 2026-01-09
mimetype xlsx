--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -305,51 +305,51 @@
   <si>
     <t>#48 Curtis Spears - RB</t>
   </si>
   <si>
     <t>#28 Henry Macneil - CB</t>
   </si>
   <si>
     <t>#40 Jesse Frakes - FS</t>
   </si>
   <si>
     <t>#46 Arthur Dearing - CB</t>
   </si>
   <si>
     <t>#99 David Barrington - MLB</t>
   </si>
   <si>
     <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#20 Larry Gadbois - FS</t>
   </si>
   <si>
     <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
-    <t>#34 Michael Salinas - FS</t>
+    <t>#38 Michael Salinas - SS</t>
   </si>
   <si>
     <t>#98 James Barron - WLB</t>
   </si>
   <si>
     <t>#25 Ricky Easley - SS</t>
   </si>
   <si>
     <t>#4 David Cox - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 9-Donald Hendricks pass complete to 32-Herbert Fitzpatrick to DAL 35 for 10 yards. Tackle by 92-George Cook.</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#91 Albert Allen - LDE</t>
   </si>
   <si>
     <t>#98 Wayne Grady - DT</t>
   </si>
   <si>
     <t>#52 Hyman Pena - SLB</t>
   </si>
   <si>
     <t>#92 George Cook - MLB</t>
   </si>
   <si>
     <t>#56 John Novak - WLB</t>
   </si>
   <si>
     <t>#33 Calvin Thomas - CB</t>
   </si>
   <si>
     <t>#45 Herbert Schilling - CB</t>
   </si>
   <si>
     <t>#28 Ruben Horn - CB</t>
   </si>
   <si>
-    <t>#42 Paul Heard - SS</t>
+    <t>#39 Paul Heard - SS</t>
   </si>
   <si>
     <t>#32 Robert Erickson - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>1-10-DAL 35 (14:22) 87-James Harmon ran to DAL 39 for 4 yards. Tackle by 79-Albert Allen.</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>DAL 39</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>GBY 16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-GBY 16 (12:20) 8-Roy Barbosa pass complete to 89-Ricardo Soliz to GBY 20 for 3 yards. Tackle by 47-Harold Garcia. Pressure by 92-Chad Killian.</t>
   </si>
   <si>
     <t>#8 Roy Barbosa - QB</t>
   </si>
   <si>
     <t>#49 Charles Johnson - RB</t>
   </si>
   <si>
     <t>#47 Wayne Caylor - RB</t>
   </si>
   <si>
-    <t>#85 Charles Diemer - WR</t>
+    <t>#4 Charles Diemer - WR</t>
   </si>
   <si>
     <t>#83 Frederick Conway - WR</t>
   </si>
   <si>
     <t>#60 John Anderson - LT</t>
   </si>
   <si>
     <t>#79 Ernest Chandler - RT</t>
   </si>
   <si>
     <t>#77 Jose Galloway - LG</t>
   </si>
   <si>
     <t>#65 Eric Munday - RG</t>
   </si>
   <si>
     <t>#69 Joseph Phaneuf - RT</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>