--- v2 (2026-01-09)
+++ v3 (2026-03-09)
@@ -305,51 +305,51 @@
   <si>
     <t>#48 Curtis Spears - RB</t>
   </si>
   <si>
     <t>#28 Henry Macneil - CB</t>
   </si>
   <si>
     <t>#40 Jesse Frakes - FS</t>
   </si>
   <si>
     <t>#46 Arthur Dearing - CB</t>
   </si>
   <si>
     <t>#99 David Barrington - MLB</t>
   </si>
   <si>
     <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#20 Larry Gadbois - FS</t>
   </si>
   <si>
     <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
-    <t>#38 Michael Salinas - SS</t>
+    <t>#46 Michael Salinas - MLB</t>
   </si>
   <si>
     <t>#98 James Barron - WLB</t>
   </si>
   <si>
     <t>#25 Ricky Easley - SS</t>
   </si>
   <si>
     <t>#4 David Cox - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 9-Donald Hendricks pass complete to 32-Herbert Fitzpatrick to DAL 35 for 10 yards. Tackle by 92-George Cook.</t>
   </si>
@@ -509,84 +509,84 @@
   <si>
     <t>#67 Joseph Rodriguez - LT</t>
   </si>
   <si>
     <t>#53 Mark Harvey - MLB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>GBY 16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-GBY 16 (12:20) 8-Roy Barbosa pass complete to 89-Ricardo Soliz to GBY 20 for 3 yards. Tackle by 47-Harold Garcia. Pressure by 92-Chad Killian.</t>
   </si>
   <si>
     <t>#8 Roy Barbosa - QB</t>
   </si>
   <si>
-    <t>#49 Charles Johnson - RB</t>
+    <t>#46 Charles Johnson - RB</t>
   </si>
   <si>
     <t>#47 Wayne Caylor - RB</t>
   </si>
   <si>
     <t>#4 Charles Diemer - WR</t>
   </si>
   <si>
     <t>#83 Frederick Conway - WR</t>
   </si>
   <si>
     <t>#60 John Anderson - LT</t>
   </si>
   <si>
     <t>#79 Ernest Chandler - RT</t>
   </si>
   <si>
     <t>#77 Jose Galloway - LG</t>
   </si>
   <si>
     <t>#65 Eric Munday - RG</t>
   </si>
   <si>
     <t>#69 Joseph Phaneuf - RT</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>
   <si>
-    <t>#72 Jonathan Thomas - DT</t>
+    <t>#74 Jonathan Thomas - DT</t>
   </si>
   <si>
     <t>#76 Roland Harris - RDE</t>
   </si>
   <si>
     <t>#47 Harold Garcia - CB</t>
   </si>
   <si>
     <t>#22 Arthur Womack - CB</t>
   </si>
   <si>
     <t>11:46</t>
   </si>
   <si>
     <t>GBY 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-7-GBY 20 (11:45) 20-Charles Johnson ran to GBY 31 for 12 yards. Tackle by 26-Larry Gadbois.</t>
   </si>
@@ -1664,51 +1664,51 @@
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>GBY 41</t>
   </si>
   <si>
     <t>2-3-GBY 41 (11:38) 9-Donald Hendricks pass complete to 32-Herbert Fitzpatrick to GBY 31 for 10 yards. Tackle by 28-Ruben Horn. GBY 91-Demetrius Bussey was injured on the play.</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>1-10-GBY 31 (11:03) 9-Donald Hendricks pass complete to 48-Curtis Spears to GBY 32 for -1 yards. Tackle by 33-Calvin Thomas.</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>2-11-GBY 32 (10:20) 9-Donald Hendricks pass complete to 88-Ronny Franklin to GBY 29 for 3 yards. Tackle by 92-George Cook.</t>
   </si>
   <si>
     <t>3-9-GBY 29 (9:45) 9-Donald Hendricks pass complete to 48-Curtis Spears to GBY 25 for 4 yards. Tackle by 95-Gregg Wyatt.</t>
   </si>
   <si>
-    <t>#70 Samuel Shillings - LDE</t>
+    <t>#71 Samuel Shillings - DT</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>4-5-GBY 25 (9:01) 8-Gerald Seymour 43 yard field goal is GOOD. DAL 30 GBY 6</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>(8:58) 8-Gerald Seymour kicks 75 yards from DAL 35 to GBY -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-GBY 25 (8:58) 8-Roy Barbosa pass complete to 18-Charles Diemer to GBY 36 for 11 yards. Tackle by 34-Michael Salinas.</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>GBY 36</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -2366,75 +2366,75 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="317.208" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>