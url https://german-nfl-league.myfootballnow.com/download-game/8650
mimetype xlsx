--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -290,108 +290,108 @@
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Larry Perry kicks 74 yards from ATL 35 to CAR -9. 22-Stephen Wilson to CAR 9 for 19 yards. Tackle by 26-Ronald Swanson.</t>
   </si>
   <si>
     <t>#22 Stephen Wilson - RB</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>
   <si>
     <t>#98 John Williams - MLB</t>
   </si>
   <si>
-    <t>#42 Travis Johnson - CB</t>
+    <t>#42 Travis Johnson - SS</t>
   </si>
   <si>
     <t>#31 James Ritz - CB</t>
   </si>
   <si>
     <t>#98 Daniel Shirk - WLB</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
-    <t>#29 Alan Tarvin - CB</t>
+    <t>#29 Alan Tarvin - SS</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#90 John Laboy - SLB</t>
   </si>
   <si>
     <t>#72 Raymond Rodarte - LDE</t>
   </si>
   <si>
     <t>#15 Larry Perry - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>CAR 9</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-CAR 9 (14:57) 8-Frank Albin pass complete to 24-James Alford to CAR 13 for 4 yards. Tackle by 57-Juan Orme.</t>
   </si>
   <si>
     <t>#8 Frank Albin - QB</t>
   </si>
   <si>
     <t>#31 James Alford - RB</t>
   </si>
   <si>
     <t>#32 Joseph Bradshaw - FB</t>
   </si>
   <si>
     <t>#42 John Massingill - FB</t>
   </si>
   <si>
-    <t>#83 Stephen Jenks - WR</t>
+    <t>#83 Stephen Jenks - TE</t>
   </si>
   <si>
     <t>#84 Mathew Greer - WR</t>
   </si>
   <si>
     <t>#74 Howard Guan - RT</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#52 Tyler Lawrence - C</t>
   </si>
   <si>
     <t>#66 Kevin Burnett - RG</t>
   </si>
   <si>
     <t>#76 Winfred Frazee - RT</t>
   </si>
   <si>
     <t>#65 James Boler - LDE</t>
   </si>
   <si>
     <t>#77 Marty McPhearson - DT</t>
   </si>
@@ -419,51 +419,51 @@
   <si>
     <t>#42 William Haddad - SS</t>
   </si>
   <si>
     <t>#35 Erik Brown - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CAR 13</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-6-CAR 13 (14:14) 24-James Alford ran to CAR 20 for 7 yards. Tackle by 56-James Rogers.</t>
   </si>
   <si>
     <t>#81 Patrick Tuttle - WR</t>
   </si>
   <si>
-    <t>#77 Jonathan Coleman - DT</t>
+    <t>#63 Jonathan Coleman - DT</t>
   </si>
   <si>
     <t>#62 Larry Osborn - RDE</t>
   </si>
   <si>
     <t>#26 Ronald Swanson - CB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>CAR 20</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 20 (13:33) 22-Stephen Wilson ran to CAR 20 for -1 yards. Tackle by 42-William Haddad. ATL 56-James Rogers was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
@@ -683,54 +683,54 @@
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>4-7-CAR 19 (8:37) 18-Brent Knight punts 49 yards to ATL 32. 16-Richard Sanders FUMBLES recovered by ATL-16-Richard Sanders to ATL 32 for 2 yards. Tackle by 58-Daniel Shirk.</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>ATL 32</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ATL 32 (8:26) 48-James Byrne ran to ATL 38 for 6 yards. Tackle by 29-James Fullwood.</t>
   </si>
   <si>
     <t>#92 Richard Earls - WLB</t>
   </si>
   <si>
     <t>#51 Jimmy Green - SLB</t>
   </si>
   <si>
-    <t>#30 Jason Cormier - CB</t>
-[...2 lines deleted...]
-    <t>#34 James Fullwood - FS</t>
+    <t>#42 Jason Cormier - CB</t>
+  </si>
+  <si>
+    <t>#34 James Fullwood - CB</t>
   </si>
   <si>
     <t>7:43</t>
   </si>
   <si>
     <t>ATL 38</t>
   </si>
   <si>
     <t>2-4-ATL 38 (7:42) 48-James Byrne ran to ATL 44 for 6 yards. Tackle by 54-John Williams.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>ATL 44</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 44 (7:08) 10-Tony Taylor pass incomplete, intended for 48-James Byrne.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
@@ -1193,54 +1193,54 @@
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>4-3-ATL 3 (2:00) 2-Henry Doak 21 yard field goal is GOOD. CAR 13 ATL 0</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>(1:59) 2-Henry Doak kicks 74 yards from CAR 35 to ATL -9. 48-James Byrne to ATL 14 for 24 yards. Tackle by 28-Mike Sera.</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>ATL 14</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-ATL 14 (1:55) 16-Richard Sanders ran to ATL 17 for 3 yards. Tackle by 58-Daniel Shirk.</t>
   </si>
   <si>
-    <t>#99 Fred Hewitt - DT</t>
-[...2 lines deleted...]
-    <t>#99 Pedro Winters - LDE</t>
+    <t>#71 Fred Hewitt - DT</t>
+  </si>
+  <si>
+    <t>#94 Pedro Winters - LDE</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>2-7-ATL 17 (1:11) PENALTY - False Start (ATL 48-James Byrne)</t>
   </si>
   <si>
     <t>1:10</t>
   </si>
   <si>
     <t>ATL 12</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-12-ATL 12 (1:11) 48-James Byrne ran to ATL 14 for 2 yards. Tackle by 68-Keith Keating.</t>
   </si>
   <si>
     <t>1:08</t>
   </si>
   <si>
     <t>Timeout CAR</t>
   </si>