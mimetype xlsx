--- v1 (2025-12-25)
+++ v2 (2026-01-24)
@@ -290,51 +290,51 @@
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Larry Perry kicks 74 yards from ATL 35 to CAR -9. 22-Stephen Wilson to CAR 9 for 19 yards. Tackle by 26-Ronald Swanson.</t>
   </si>
   <si>
     <t>#22 Stephen Wilson - RB</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>
   <si>
     <t>#98 John Williams - MLB</t>
   </si>
   <si>
-    <t>#42 Travis Johnson - SS</t>
+    <t>#42 Travis Johnson - CB</t>
   </si>
   <si>
     <t>#31 James Ritz - CB</t>
   </si>
   <si>
     <t>#98 Daniel Shirk - WLB</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
     <t>#29 Alan Tarvin - SS</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#90 John Laboy - SLB</t>
   </si>
   <si>
     <t>#72 Raymond Rodarte - LDE</t>
   </si>
   <si>
     <t>#15 Larry Perry - K</t>
   </si>
@@ -347,120 +347,120 @@
   <si>
     <t>CAR 9</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-CAR 9 (14:57) 8-Frank Albin pass complete to 24-James Alford to CAR 13 for 4 yards. Tackle by 57-Juan Orme.</t>
   </si>
   <si>
     <t>#8 Frank Albin - QB</t>
   </si>
   <si>
     <t>#31 James Alford - RB</t>
   </si>
   <si>
     <t>#32 Joseph Bradshaw - FB</t>
   </si>
   <si>
     <t>#42 John Massingill - FB</t>
   </si>
   <si>
-    <t>#83 Stephen Jenks - TE</t>
+    <t>#84 Stephen Jenks - TE</t>
   </si>
   <si>
     <t>#84 Mathew Greer - WR</t>
   </si>
   <si>
-    <t>#74 Howard Guan - RT</t>
+    <t>#75 Howard Guan - LT</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#52 Tyler Lawrence - C</t>
   </si>
   <si>
     <t>#66 Kevin Burnett - RG</t>
   </si>
   <si>
     <t>#76 Winfred Frazee - RT</t>
   </si>
   <si>
     <t>#65 James Boler - LDE</t>
   </si>
   <si>
     <t>#77 Marty McPhearson - DT</t>
   </si>
   <si>
     <t>#98 Roland Kugler - DT</t>
   </si>
   <si>
     <t>#59 Gordon Ladd - SLB</t>
   </si>
   <si>
     <t>#54 James Rogers - SLB</t>
   </si>
   <si>
     <t>#56 Horace Farley - MLB</t>
   </si>
   <si>
     <t>#57 Juan Orme - WLB</t>
   </si>
   <si>
     <t>#32 Jeffrey Eldredge - CB</t>
   </si>
   <si>
     <t>#29 Gerald Kelly - CB</t>
   </si>
   <si>
-    <t>#42 William Haddad - SS</t>
+    <t>#31 William Haddad - FS</t>
   </si>
   <si>
     <t>#35 Erik Brown - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CAR 13</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-6-CAR 13 (14:14) 24-James Alford ran to CAR 20 for 7 yards. Tackle by 56-James Rogers.</t>
   </si>
   <si>
-    <t>#81 Patrick Tuttle - WR</t>
+    <t>#11 Patrick Tuttle - WR</t>
   </si>
   <si>
     <t>#63 Jonathan Coleman - DT</t>
   </si>
   <si>
     <t>#62 Larry Osborn - RDE</t>
   </si>
   <si>
     <t>#26 Ronald Swanson - CB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>CAR 20</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 20 (13:33) 22-Stephen Wilson ran to CAR 20 for -1 yards. Tackle by 42-William Haddad. ATL 56-James Rogers was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>3-7-CAR 23 (12:16) 8-Frank Albin pass Pass knocked down by 29-Gerald Kelly. incomplete, intended for 81-Patrick Tuttle.</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-CAR 23 (12:12) 18-Brent Knight punts 47 yards to ATL 29. Fair Catch by 16-Richard Sanders.</t>
   </si>
   <si>
     <t>#5 Brent Knight - P</t>
   </si>
   <si>
     <t>#16 Richard Sanders - WR</t>
   </si>
   <si>
     <t>#93 Amos Williams - RDE</t>
   </si>
   <si>
-    <t>#67 Salvatore McHugh - RG</t>
+    <t>#55 Salvatore McHugh - RG</t>
   </si>
   <si>
     <t>#63 John Sullivan - LG</t>
   </si>
   <si>
     <t>#64 Joe Otto - DT</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>ATL 29</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-ATL 29 (12:05) 10-Tony Taylor pass complete to 81-James Batten to ATL 35 for 6 yards. Tackle by 28-Mike Sera.</t>
   </si>
   <si>
     <t>#10 Tony Taylor - QB</t>
   </si>
@@ -923,51 +923,51 @@
   <si>
     <t>3-4-ATL 17 (14:16) 8-Frank Albin pass complete to 86-Victor Schmidt to ATL 9 for 7 yards. Tackle by 35-Erik Brown. PENALTY - Pass Interference (ATL 35-Erik Brown) PENALTY - Holding (CAR 74-Howard Guan) - Penalties offset, replay down.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>3-4-ATL 17 (14:12) 8-Frank Albin pass Pass knocked down by 35-Erik Brown. incomplete, intended for 86-Victor Schmidt. Pressure by 59-Gordon Ladd.</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-ATL 17 (14:08) 2-Henry Doak 35 yard field goal is GOOD. CAR 3 ATL 0</t>
   </si>
   <si>
     <t>#2 Henry Doak - K</t>
   </si>
   <si>
-    <t>#99 William Pankey - SLB</t>
+    <t>#79 William Pankey - LDE</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>(14:05) 2-Henry Doak kicks 75 yards from CAR 35 to ATL -10. Touchback.</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-ATL 25 (14:05) 48-James Byrne ran to ATL 22 for -3 yards. Tackle by 38-Charles McNeese.</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
@@ -1196,51 +1196,51 @@
   <si>
     <t>4-3-ATL 3 (2:00) 2-Henry Doak 21 yard field goal is GOOD. CAR 13 ATL 0</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>(1:59) 2-Henry Doak kicks 74 yards from CAR 35 to ATL -9. 48-James Byrne to ATL 14 for 24 yards. Tackle by 28-Mike Sera.</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>ATL 14</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-ATL 14 (1:55) 16-Richard Sanders ran to ATL 17 for 3 yards. Tackle by 58-Daniel Shirk.</t>
   </si>
   <si>
     <t>#71 Fred Hewitt - DT</t>
   </si>
   <si>
-    <t>#94 Pedro Winters - LDE</t>
+    <t>#90 Pedro Winters - LDE</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>2-7-ATL 17 (1:11) PENALTY - False Start (ATL 48-James Byrne)</t>
   </si>
   <si>
     <t>1:10</t>
   </si>
   <si>
     <t>ATL 12</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-12-ATL 12 (1:11) 48-James Byrne ran to ATL 14 for 2 yards. Tackle by 68-Keith Keating.</t>
   </si>
   <si>
     <t>1:08</t>
   </si>
   <si>
     <t>Timeout CAR</t>
   </si>