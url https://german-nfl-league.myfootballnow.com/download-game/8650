--- v2 (2026-01-24)
+++ v3 (2026-03-25)
@@ -314,135 +314,135 @@
   <si>
     <t>#42 Travis Johnson - CB</t>
   </si>
   <si>
     <t>#31 James Ritz - CB</t>
   </si>
   <si>
     <t>#98 Daniel Shirk - WLB</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
     <t>#29 Alan Tarvin - SS</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#90 John Laboy - SLB</t>
   </si>
   <si>
     <t>#72 Raymond Rodarte - LDE</t>
   </si>
   <si>
-    <t>#15 Larry Perry - K</t>
+    <t>#4 Larry Perry - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>CAR 9</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-CAR 9 (14:57) 8-Frank Albin pass complete to 24-James Alford to CAR 13 for 4 yards. Tackle by 57-Juan Orme.</t>
   </si>
   <si>
     <t>#8 Frank Albin - QB</t>
   </si>
   <si>
     <t>#31 James Alford - RB</t>
   </si>
   <si>
     <t>#32 Joseph Bradshaw - FB</t>
   </si>
   <si>
-    <t>#42 John Massingill - FB</t>
+    <t>#34 John Massingill - FB</t>
   </si>
   <si>
     <t>#84 Stephen Jenks - TE</t>
   </si>
   <si>
     <t>#84 Mathew Greer - WR</t>
   </si>
   <si>
     <t>#75 Howard Guan - LT</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#52 Tyler Lawrence - C</t>
   </si>
   <si>
-    <t>#66 Kevin Burnett - RG</t>
+    <t>#70 Kevin Burnett - RT</t>
   </si>
   <si>
     <t>#76 Winfred Frazee - RT</t>
   </si>
   <si>
-    <t>#65 James Boler - LDE</t>
+    <t>#74 James Boler - LDE</t>
   </si>
   <si>
     <t>#77 Marty McPhearson - DT</t>
   </si>
   <si>
-    <t>#98 Roland Kugler - DT</t>
+    <t>#65 Roland Kugler - DT</t>
   </si>
   <si>
     <t>#59 Gordon Ladd - SLB</t>
   </si>
   <si>
     <t>#54 James Rogers - SLB</t>
   </si>
   <si>
     <t>#56 Horace Farley - MLB</t>
   </si>
   <si>
     <t>#57 Juan Orme - WLB</t>
   </si>
   <si>
     <t>#32 Jeffrey Eldredge - CB</t>
   </si>
   <si>
     <t>#29 Gerald Kelly - CB</t>
   </si>
   <si>
     <t>#31 William Haddad - FS</t>
   </si>
   <si>
-    <t>#35 Erik Brown - FS</t>
+    <t>#20 Erik Brown - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CAR 13</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-6-CAR 13 (14:14) 24-James Alford ran to CAR 20 for 7 yards. Tackle by 56-James Rogers.</t>
   </si>
   <si>
     <t>#11 Patrick Tuttle - WR</t>
   </si>
   <si>
     <t>#63 Jonathan Coleman - DT</t>
   </si>
   <si>
     <t>#62 Larry Osborn - RDE</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>4-7-CAR 19 (8:37) 18-Brent Knight punts 49 yards to ATL 32. 16-Richard Sanders FUMBLES recovered by ATL-16-Richard Sanders to ATL 32 for 2 yards. Tackle by 58-Daniel Shirk.</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>ATL 32</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ATL 32 (8:26) 48-James Byrne ran to ATL 38 for 6 yards. Tackle by 29-James Fullwood.</t>
   </si>
   <si>
     <t>#92 Richard Earls - WLB</t>
   </si>
   <si>
     <t>#51 Jimmy Green - SLB</t>
   </si>
   <si>
-    <t>#42 Jason Cormier - CB</t>
+    <t>#34 Jason Cormier - CB</t>
   </si>
   <si>
     <t>#34 James Fullwood - CB</t>
   </si>
   <si>
     <t>7:43</t>
   </si>
   <si>
     <t>ATL 38</t>
   </si>
   <si>
     <t>2-4-ATL 38 (7:42) 48-James Byrne ran to ATL 44 for 6 yards. Tackle by 54-John Williams.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>ATL 44</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 44 (7:08) 10-Tony Taylor pass incomplete, intended for 48-James Byrne.</t>
   </si>
@@ -923,51 +923,51 @@
   <si>
     <t>3-4-ATL 17 (14:16) 8-Frank Albin pass complete to 86-Victor Schmidt to ATL 9 for 7 yards. Tackle by 35-Erik Brown. PENALTY - Pass Interference (ATL 35-Erik Brown) PENALTY - Holding (CAR 74-Howard Guan) - Penalties offset, replay down.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>3-4-ATL 17 (14:12) 8-Frank Albin pass Pass knocked down by 35-Erik Brown. incomplete, intended for 86-Victor Schmidt. Pressure by 59-Gordon Ladd.</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-ATL 17 (14:08) 2-Henry Doak 35 yard field goal is GOOD. CAR 3 ATL 0</t>
   </si>
   <si>
     <t>#2 Henry Doak - K</t>
   </si>
   <si>
-    <t>#79 William Pankey - LDE</t>
+    <t>#76 William Pankey - LDE</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>(14:05) 2-Henry Doak kicks 75 yards from CAR 35 to ATL -10. Touchback.</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-ATL 25 (14:05) 48-James Byrne ran to ATL 22 for -3 yards. Tackle by 38-Charles McNeese.</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
@@ -1511,51 +1511,51 @@
   <si>
     <t>2:12</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-ATL 39 (2:13) 10-Tony Taylor pass complete to 40-Mark Kincaid to ATL 44 for 5 yards. Tackle by 42-Alan Tarvin.</t>
   </si>
   <si>
     <t>1:33</t>
   </si>
   <si>
     <t>2-5-ATL 44 (1:32) 16-Richard Sanders ran to ATL 47 for 3 yards. Tackle by 58-Daniel Shirk.</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-2-ATL 47 (0:57) 16-Richard Sanders ran to CAR 48 for 6 yards. Tackle by 42-Alan Tarvin.</t>
   </si>
   <si>
-    <t>#92 Nathan Turner - SLB</t>
+    <t>#52 Nathan Turner - MLB</t>
   </si>
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>CAR 48</t>
   </si>
   <si>
     <t>1-10-CAR 48 (0:21) 10-Tony Taylor pass complete to 40-Mark Kincaid to CAR 46 for 2 yards. Tackle by 42-Alan Tarvin.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>CAR 46</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-8-CAR 46 (15:00) 48-James Byrne ran to CAR 46 for a short loss. Tackle by 94-William Bradley.</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
@@ -2174,51 +2174,51 @@
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>