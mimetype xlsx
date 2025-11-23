--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Merle Garner kicks 73 yards from PAT 35 to DET -8. Touchback.</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
     <t>#20 James Witkowski - FS</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
-    <t>#25 William Morrison - CB</t>
+    <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#36 Joseph Cline - CB</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>#31 Erik Mickle - FS</t>
   </si>
   <si>
     <t>#48 Ian Schubert - SS</t>
   </si>
   <si>
     <t>#15 Merle Garner - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
@@ -374,54 +374,54 @@
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
     <t>#75 James East - C</t>
   </si>
   <si>
     <t>#62 Michael Daniel - RT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
     <t>#54 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#68 Stanley Stokley - DT</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
-    <t>#21 Harry McKee - CB</t>
-[...2 lines deleted...]
-    <t>#97 Dan Coffman - LDE</t>
+    <t>#47 Harry McKee - CB</t>
+  </si>
+  <si>
+    <t>#97 Dan Coffman - DT</t>
   </si>
   <si>
     <t>#55 Mark Letourneau - SLB</t>
   </si>
   <si>
     <t>#92 Robert Sisneros - CB</t>
   </si>
   <si>
     <t>#44 Dennis Harnish - CB</t>
   </si>
   <si>
     <t>#20 Thomas Bassham - FS</t>
   </si>
   <si>
     <t>#57 Phillip Nicholas - FS</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>PAT 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -497,54 +497,54 @@
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#88 Barry Rhee - RB</t>
   </si>
   <si>
     <t>#2 John Vallejo - C</t>
   </si>
   <si>
     <t>#82 Lucius Yates - WR</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
     <t>#18 James Payne - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
-    <t>#60 Ronald Gaughan - C</t>
-[...2 lines deleted...]
-    <t>#64 Max Harden - LG</t>
+    <t>#78 Ronald Gaughan - C</t>
+  </si>
+  <si>
+    <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
     <t>#93 Donald Bartos - LDE</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#54 Charles Murray - LDE</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#96 Nathaniel Creswell - WLB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>PAT 27</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>3-2-DET 48 (10:10) 80-David Grier ran to DET 44 for 5 yards. Tackle by 96-Nathaniel Creswell.</t>
   </si>
   <si>
     <t>#47 David Grier - RB</t>
   </si>
   <si>
     <t>#38 Sean Howes - MLB</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>DET 44</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>1-10-DET 44 (9:34) 80-David Grier ran to DET 32 for 11 yards. Tackle by 39-Jasper Landers.</t>
   </si>
   <si>
-    <t>#94 Shelton Berg - DT</t>
+    <t>#94 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>DET 32</t>
   </si>
   <si>
     <t>1-10-DET 32 (8:54) 88-Barry Rhee ran to DET 33 for a short loss. Tackle by 59-Justin Magee.</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>DET 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-DET 33 (8:13) 12-Joe Bribem pass INTERCEPTED by 21-Joseph Cline at DET 27. 21-Joseph Cline to DET 27 for 0 yards. Tackle by 20-David Hutchings.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>