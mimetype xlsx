--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -290,51 +290,51 @@
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>PAT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Merle Garner kicks 73 yards from PAT 35 to DET -8. Touchback.</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
-    <t>#20 James Witkowski - FS</t>
+    <t>#20 James Witkowski - SS</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
     <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#36 Joseph Cline - CB</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>#31 Erik Mickle - FS</t>
   </si>
   <si>
     <t>#48 Ian Schubert - SS</t>
   </si>
   <si>
     <t>#15 Merle Garner - K</t>
   </si>
@@ -359,57 +359,57 @@
   <si>
     <t>#44 Christopher Mills - FB</t>
   </si>
   <si>
     <t>#18 Julian McClain - WR</t>
   </si>
   <si>
     <t>#87 Gregory Lopez - WR</t>
   </si>
   <si>
     <t>#18 William Numbers - WR</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
     <t>#75 James East - C</t>
   </si>
   <si>
-    <t>#62 Michael Daniel - RT</t>
+    <t>#50 Michael Daniel - RT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
-    <t>#54 Henry Stevens - DT</t>
+    <t>#66 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#68 Stanley Stokley - DT</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
     <t>#47 Harry McKee - CB</t>
   </si>
   <si>
     <t>#97 Dan Coffman - DT</t>
   </si>
   <si>
     <t>#55 Mark Letourneau - SLB</t>
   </si>
   <si>
     <t>#92 Robert Sisneros - CB</t>
   </si>
   <si>
     <t>#44 Dennis Harnish - CB</t>
   </si>
   <si>
     <t>#20 Thomas Bassham - FS</t>
   </si>
@@ -479,60 +479,60 @@
   <si>
     <t>#45 James Lang - CB</t>
   </si>
   <si>
     <t>#41 Leon Brighton - CB</t>
   </si>
   <si>
     <t>PAT 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PAT 25 (14:50) 88-Barry Rhee ran to PAT 27 for 2 yards. Tackle by 54-Charles Murray.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#88 Barry Rhee - RB</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#82 Lucius Yates - WR</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
-    <t>#18 James Payne - WR</t>
+    <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#78 Ronald Gaughan - C</t>
   </si>
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
     <t>#93 Donald Bartos - LDE</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#54 Charles Murray - LDE</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>3-2-DET 48 (10:10) 80-David Grier ran to DET 44 for 5 yards. Tackle by 96-Nathaniel Creswell.</t>
   </si>
   <si>
     <t>#47 David Grier - RB</t>
   </si>
   <si>
     <t>#38 Sean Howes - MLB</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>DET 44</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>1-10-DET 44 (9:34) 80-David Grier ran to DET 32 for 11 yards. Tackle by 39-Jasper Landers.</t>
   </si>
   <si>
-    <t>#94 Shelton Berg - MLB</t>
+    <t>#59 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>DET 32</t>
   </si>
   <si>
     <t>1-10-DET 32 (8:54) 88-Barry Rhee ran to DET 33 for a short loss. Tackle by 59-Justin Magee.</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>DET 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-DET 33 (8:13) 12-Joe Bribem pass INTERCEPTED by 21-Joseph Cline at DET 27. 21-Joseph Cline to DET 27 for 0 yards. Tackle by 20-David Hutchings.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>DET 29</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>3-8-DET 29 (7:24) 10-Mark Osborne pass complete to 84-Gregory Lopez to DET 45 for 16 yards. Tackle by 27-James Lang.</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>DET 45</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DET 45 (6:47) 10-Mark Osborne pass complete to 28-Larry Ball to DET 49 for 4 yards. Tackle by 26-Thomas Bassham. PAT 76-James Witt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#81 Robert Averill - WR</t>
+    <t>#15 Robert Averill - WR</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>DET 49</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>2-6-DET 49 (6:08) 10-Mark Osborne pass Pass knocked down by 41-Leon Brighton. incomplete, intended for 81-Robert Averill.</t>
   </si>
   <si>
     <t>#10 Donald Hogg - WR</t>
   </si>
   <si>
     <t>6:04</t>
   </si>
   <si>
     <t>3-6-DET 49 (6:05) 10-Mark Osborne pass complete to 22-Joseph Martin to PAT 42 for 10 yards. Tackle by 38-Alan Kennedy.</t>
   </si>
   <si>
     <t>#25 Christopher Hibbert - RB</t>
   </si>