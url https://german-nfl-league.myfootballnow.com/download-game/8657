--- v2 (2026-01-23)
+++ v3 (2026-02-24)
@@ -506,51 +506,51 @@
   <si>
     <t>#82 Lucius Yates - WR</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
     <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#78 Ronald Gaughan - C</t>
   </si>
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
-    <t>#93 Donald Bartos - LDE</t>
+    <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#54 Charles Murray - LDE</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#96 Nathaniel Creswell - WLB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>PAT 27</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-8-PAT 27 (14:18) 12-Joe Bribem pass Pass knocked down by 39-Jasper Landers. incomplete, intended for 2-John Vallejo.</t>
   </si>