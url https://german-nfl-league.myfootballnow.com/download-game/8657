--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -488,51 +488,51 @@
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PAT 25 (14:50) 88-Barry Rhee ran to PAT 27 for 2 yards. Tackle by 54-Charles Murray.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#88 Barry Rhee - RB</t>
   </si>
   <si>
     <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#82 Lucius Yates - WR</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
-    <t>#6 James Payne - WR</t>
+    <t>#80 James Payne - WR</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#78 Ronald Gaughan - C</t>
   </si>
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#61 Kenneth Patterson - C</t>
   </si>
   <si>
     <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#54 Charles Murray - LDE</t>
   </si>