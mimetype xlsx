--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ATL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>KCC</t>
   </si>
   <si>
     <t>KCC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Samuel Nelson kicks 74 yards from KCC 35 to ATL -9. Touchback.</t>
   </si>
   <si>
-    <t>#33 William Diaz - RB</t>
+    <t>#32 William Diaz - RB</t>
   </si>
   <si>
     <t>#64 Joe Otto - DT</t>
   </si>
   <si>
     <t>#52 Daniel Blake - MLB</t>
   </si>
   <si>
     <t>#98 Roland Kugler - DT</t>
   </si>
   <si>
     <t>#77 Marty McPhearson - DT</t>
   </si>
   <si>
     <t>#57 Juan Orme - WLB</t>
   </si>
   <si>
     <t>#32 Jeffrey Eldredge - CB</t>
   </si>
   <si>
     <t>#62 Larry Osborn - RDE</t>
   </si>
   <si>
     <t>#26 Ronald Swanson - CB</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#75 Joseph Bessette - LG</t>
   </si>
   <si>
     <t>#74 Vernon Rainey - C</t>
   </si>
   <si>
     <t>#72 Robin Hurley - RT</t>
   </si>
   <si>
     <t>#79 Larry Felan - LT</t>
   </si>
   <si>
     <t>#64 Peter Bates - LDE</t>
   </si>
   <si>
     <t>#71 Jewel Davis - DT</t>
   </si>
   <si>
     <t>#92 Donald Williams - DT</t>
   </si>
   <si>
     <t>#72 David Brown - RDE</t>
   </si>
   <si>
-    <t>#55 Cory Gibbons - SLB</t>
+    <t>#52 Cory Gibbons - SLB</t>
   </si>
   <si>
     <t>#97 Robert Brehmer - MLB</t>
   </si>
   <si>
     <t>#56 John Welch - WLB</t>
   </si>
   <si>
     <t>#37 John Roach - CB</t>
   </si>
   <si>
     <t>#24 William Rhinehart - CB</t>
   </si>
   <si>
     <t>#45 Clarence Sample - SS</t>
   </si>
   <si>
     <t>#34 Charles Brunner - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>#21 Arthur Sanders - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>ATL 18</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>3-17-ATL 18 (14:21) 10-Tony Taylor pass complete to 88-Steven Grant to ATL 30 for 12 yards. Tackle by 30-Manuel Soto. 88-Steven Grant did some fancy footwork there. Pressure by 72-David Brown.</t>
   </si>
   <si>
     <t>#38 Gene Nugent - CB</t>
   </si>
   <si>
     <t>#35 Craig Peart - CB</t>
   </si>
   <si>
-    <t>#47 Manuel Soto - CB</t>
+    <t>#32 Manuel Soto - CB</t>
   </si>
   <si>
     <t>#50 Michael Bridges - WLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>ATL 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-ATL 30 (13:37) 15-Jose Carter punts 53 yards to KCC 17. 11-Michael Collie to KCC 27 for 11 yards. Tackle by 62-Larry Osborn.</t>
   </si>
   <si>
     <t>#5 Jose Carter - P</t>
   </si>
   <si>
     <t>#86 Michael Collie - WR</t>
   </si>
@@ -500,75 +500,75 @@
   <si>
     <t>#95 Rudy Matthews - WLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>KCC 27</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-KCC 27 (13:28) 6-Francisco Utsey pass complete to 82-Lucius Yates to KCC 29 for 2 yards. Tackle by 26-Ronald Swanson.</t>
   </si>
   <si>
     <t>#6 Francisco Utsey - QB</t>
   </si>
   <si>
     <t>#17 Bernard Graves - RB</t>
   </si>
   <si>
-    <t>#83 Jeremy Miller - TE</t>
+    <t>#88 Jeremy Miller - TE</t>
   </si>
   <si>
     <t>#89 Sean Michaud - WR</t>
   </si>
   <si>
     <t>#82 Lucius Yates - WR</t>
   </si>
   <si>
     <t>#76 Don Vandyne - LT</t>
   </si>
   <si>
     <t>#62 William Haro - LG</t>
   </si>
   <si>
-    <t>#69 Mark Johnson - C</t>
+    <t>#61 Mark Johnson - C</t>
   </si>
   <si>
     <t>#53 Benjamin Jefferson - RG</t>
   </si>
   <si>
     <t>#51 Jose Lee - RT</t>
   </si>
   <si>
-    <t>#77 Jonathan Coleman - DT</t>
+    <t>#63 Jonathan Coleman - DT</t>
   </si>
   <si>
     <t>#60 Brandon Bowles - SLB</t>
   </si>
   <si>
     <t>#54 Jose Willoughby - WLB</t>
   </si>
   <si>
     <t>#29 Gerald Kelly - CB</t>
   </si>
   <si>
     <t>#42 William Haddad - SS</t>
   </si>
   <si>
     <t>#35 Erik Brown - FS</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>KCC 29</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>#88 Paul Maroney - TE</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-15-KCC 35 (11:50) 6-Francisco Utsey pass complete to 82-Lucius Yates to KCC 37 for 2 yards. Tackle by 26-Ronald Swanson.</t>
   </si>
   <si>
     <t>#84 Steven Salazar - RB</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>KCC 37</t>
   </si>
   <si>
     <t>4-13-KCC 37 (11:16) 18-Phillip Wheeler punts 47 yards to ATL 16. Fair Catch by 33-William Diaz.</t>
   </si>
   <si>
-    <t>#18 Phillip Wheeler - P</t>
+    <t>#9 Phillip Wheeler - P</t>
   </si>
   <si>
     <t>#66 Thomas Waggener - LG</t>
   </si>
   <si>
     <t>#71 Russell Ybarra - RT</t>
   </si>
   <si>
     <t>#63 Jose Snyder - LT</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>ATL 16</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 16 (11:09) 10-Tony Taylor pass complete to 16-Harry Montoya to ATL 20 for 4 yards. Tackle by 24-William Rhinehart.</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>1-10-KCC 4 (6:35) 6-Francisco Utsey pass complete to 17-Bernard Graves to KCC 14 for 10 yards. Tackle by 32-Jeffrey Eldredge.</t>
   </si>
   <si>
     <t>6:00</t>
   </si>
   <si>
     <t>KCC 14</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-1-KCC 14 (5:59) 6-Francisco Utsey pass incomplete, intended for 11-Michael Collie.</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>3-1-KCC 14 (5:56) 84-Steven Salazar ran to KCC 15 for 2 yards. Tackle by 52-Daniel Blake. 41-Timothy Campbell totally missed that block.</t>
   </si>
   <si>
-    <t>#41 Timothy Campbell - RB</t>
+    <t>#30 Timothy Campbell - RB</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>KCC 15</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-KCC 15 (5:19) 6-Francisco Utsey pass complete to 82-Lucius Yates to KCC 17 for 2 yards. Pushed out of bounds by 35-Erik Brown.</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>KCC 17</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -1277,51 +1277,51 @@
   <si>
     <t>#83 Paul Kuhlmann - TE</t>
   </si>
   <si>
     <t>#56 Richard Hines - C</t>
   </si>
   <si>
     <t>#69 John Kehl - DT</t>
   </si>
   <si>
     <t>14:46</t>
   </si>
   <si>
     <t>KCC 23</t>
   </si>
   <si>
     <t>1-10-KCC 23 (14:47) 18-Eugene Moreno pass INTERCEPTED by 35-Craig Peart at KCC 8. 35-Craig Peart to KCC 8 for 0 yards. Tackle by 88-Steven Grant.</t>
   </si>
   <si>
     <t>#18 Eugene Moreno - QB</t>
   </si>
   <si>
     <t>#87 Daniel England - TE</t>
   </si>
   <si>
-    <t>#67 Ernest Ford - LG</t>
+    <t>#70 Ernest Ford - LG</t>
   </si>
   <si>
     <t>#73 David Hannah - C</t>
   </si>
   <si>
     <t>#94 Keith Moats - DT</t>
   </si>
   <si>
     <t>#54 David Rupp - RDE</t>
   </si>
   <si>
     <t>14:42</t>
   </si>
   <si>
     <t>KCC 8</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>1-10-KCC 8 (14:43) 17-Frank Albin pass complete to 87-Robert Holzman to KCC 14 for 6 yards. Tackle by 97-Mark Painter.</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
@@ -2262,69 +2262,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="364.482" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>