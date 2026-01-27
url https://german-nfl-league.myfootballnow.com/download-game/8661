--- v1 (2025-12-27)
+++ v2 (2026-01-27)
@@ -362,108 +362,108 @@
   <si>
     <t>#83 Manuel Rolland - TE</t>
   </si>
   <si>
     <t>#16 Harry Montoya - WR</t>
   </si>
   <si>
     <t>#12 Raymond Merritt - WR</t>
   </si>
   <si>
     <t>#70 Joe Torrez - LT</t>
   </si>
   <si>
     <t>#75 Joseph Bessette - LG</t>
   </si>
   <si>
     <t>#74 Vernon Rainey - C</t>
   </si>
   <si>
     <t>#72 Robin Hurley - RT</t>
   </si>
   <si>
     <t>#79 Larry Felan - LT</t>
   </si>
   <si>
-    <t>#64 Peter Bates - LDE</t>
+    <t>#70 Peter Bates - DT</t>
   </si>
   <si>
     <t>#71 Jewel Davis - DT</t>
   </si>
   <si>
     <t>#92 Donald Williams - DT</t>
   </si>
   <si>
     <t>#72 David Brown - RDE</t>
   </si>
   <si>
     <t>#52 Cory Gibbons - SLB</t>
   </si>
   <si>
-    <t>#97 Robert Brehmer - MLB</t>
+    <t>#92 Robert Brehmer - MLB</t>
   </si>
   <si>
     <t>#56 John Welch - WLB</t>
   </si>
   <si>
     <t>#37 John Roach - CB</t>
   </si>
   <si>
     <t>#24 William Rhinehart - CB</t>
   </si>
   <si>
     <t>#45 Clarence Sample - SS</t>
   </si>
   <si>
     <t>#34 Charles Brunner - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>1-20-ATL 15 (14:58) 10-Tony Taylor pass incomplete, intended for 83-Manuel Rolland.</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-20-ATL 15 (14:55) 10-Tony Taylor pass complete to 88-Steven Grant to ATL 18 for 3 yards. Tackle by 21-Arthur Sanders. 88-Steven Grant made a great move on the CB.</t>
   </si>
   <si>
     <t>#88 Steven Grant - WR</t>
   </si>
   <si>
-    <t>#21 Arthur Sanders - FS</t>
+    <t>#36 Arthur Sanders - SS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>ATL 18</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>3-17-ATL 18 (14:21) 10-Tony Taylor pass complete to 88-Steven Grant to ATL 30 for 12 yards. Tackle by 30-Manuel Soto. 88-Steven Grant did some fancy footwork there. Pressure by 72-David Brown.</t>
   </si>
   <si>
     <t>#38 Gene Nugent - CB</t>
   </si>
   <si>
     <t>#35 Craig Peart - CB</t>
   </si>
   <si>
     <t>#32 Manuel Soto - CB</t>
   </si>
@@ -500,87 +500,87 @@
   <si>
     <t>#95 Rudy Matthews - WLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>KCC 27</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-KCC 27 (13:28) 6-Francisco Utsey pass complete to 82-Lucius Yates to KCC 29 for 2 yards. Tackle by 26-Ronald Swanson.</t>
   </si>
   <si>
     <t>#6 Francisco Utsey - QB</t>
   </si>
   <si>
     <t>#17 Bernard Graves - RB</t>
   </si>
   <si>
-    <t>#88 Jeremy Miller - TE</t>
+    <t>#87 Jeremy Miller - TE</t>
   </si>
   <si>
     <t>#89 Sean Michaud - WR</t>
   </si>
   <si>
     <t>#82 Lucius Yates - WR</t>
   </si>
   <si>
     <t>#76 Don Vandyne - LT</t>
   </si>
   <si>
     <t>#62 William Haro - LG</t>
   </si>
   <si>
     <t>#61 Mark Johnson - C</t>
   </si>
   <si>
     <t>#53 Benjamin Jefferson - RG</t>
   </si>
   <si>
     <t>#51 Jose Lee - RT</t>
   </si>
   <si>
     <t>#63 Jonathan Coleman - DT</t>
   </si>
   <si>
     <t>#60 Brandon Bowles - SLB</t>
   </si>
   <si>
     <t>#54 Jose Willoughby - WLB</t>
   </si>
   <si>
     <t>#29 Gerald Kelly - CB</t>
   </si>
   <si>
-    <t>#42 William Haddad - SS</t>
+    <t>#31 William Haddad - FS</t>
   </si>
   <si>
     <t>#35 Erik Brown - FS</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>KCC 29</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>2-8-KCC 29 (12:43) 6-Francisco Utsey pass complete to 89-Sean Michaud to KCC 40 for 10 yards. Tackle by 57-Juan Orme.</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>KCC 40</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -989,51 +989,51 @@
   <si>
     <t>2-10-ATL 27 (11:51) 6-Francisco Utsey pass complete to 86-Jeremy Miller to ATL 18 for 9 yards. Tackle by 29-Gerald Kelly.</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-2-ATL 18 (11:06) 6-Francisco Utsey pass complete to 84-Steven Salazar to ATL 13 for 5 yards. Tackle by 50-Jose Willoughby.</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>ATL 13</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 13 (10:23) 6-Francisco Utsey pass complete to 81-William Parisien to ATL 0 for 13 yards. Tackle by 39-John Bryant.</t>
   </si>
   <si>
-    <t>#87 Robert Holzman - WR</t>
+    <t>#83 Robert Holzman - WR</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>ATL 0</t>
   </si>
   <si>
     <t>1-1-ATL 0 (9:39) 6-Francisco Utsey pass incomplete, intended for 84-Steven Salazar. complete to 84-Steven Salazar to ATL 0 for a short gain. TOUCHDOWN! KCC 6 ATL 0</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:35) Extra point GOOD by 13-Samuel Nelson. KCC 7 ATL 0</t>
   </si>
   <si>
     <t>#72 Ron King - C</t>
   </si>
@@ -1259,51 +1259,51 @@
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>KCC 34</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-KCC 34 (14:56) 17-Frank Albin pass INTERCEPTED by 50-Jose Willoughby at KCC 41. 50-Jose Willoughby to KCC 23 for 18 yards. Tackle by 17-Frank Albin.</t>
   </si>
   <si>
     <t>#8 Frank Albin - QB</t>
   </si>
   <si>
     <t>#83 Paul Kuhlmann - TE</t>
   </si>
   <si>
     <t>#56 Richard Hines - C</t>
   </si>
   <si>
-    <t>#69 John Kehl - DT</t>
+    <t>#56 John Kehl - DT</t>
   </si>
   <si>
     <t>14:46</t>
   </si>
   <si>
     <t>KCC 23</t>
   </si>
   <si>
     <t>1-10-KCC 23 (14:47) 18-Eugene Moreno pass INTERCEPTED by 35-Craig Peart at KCC 8. 35-Craig Peart to KCC 8 for 0 yards. Tackle by 88-Steven Grant.</t>
   </si>
   <si>
     <t>#18 Eugene Moreno - QB</t>
   </si>
   <si>
     <t>#87 Daniel England - TE</t>
   </si>
   <si>
     <t>#70 Ernest Ford - LG</t>
   </si>
   <si>
     <t>#73 David Hannah - C</t>
   </si>
   <si>
     <t>#94 Keith Moats - DT</t>
   </si>