--- v2 (2026-01-27)
+++ v3 (2026-03-28)
@@ -290,150 +290,150 @@
   <si>
     <t>KCC</t>
   </si>
   <si>
     <t>KCC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Samuel Nelson kicks 74 yards from KCC 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>#32 William Diaz - RB</t>
   </si>
   <si>
     <t>#64 Joe Otto - DT</t>
   </si>
   <si>
     <t>#52 Daniel Blake - MLB</t>
   </si>
   <si>
-    <t>#98 Roland Kugler - DT</t>
+    <t>#65 Roland Kugler - DT</t>
   </si>
   <si>
     <t>#77 Marty McPhearson - DT</t>
   </si>
   <si>
     <t>#57 Juan Orme - WLB</t>
   </si>
   <si>
     <t>#32 Jeffrey Eldredge - CB</t>
   </si>
   <si>
     <t>#62 Larry Osborn - RDE</t>
   </si>
   <si>
     <t>#26 Ronald Swanson - CB</t>
   </si>
   <si>
     <t>#91 John Smith - MLB</t>
   </si>
   <si>
-    <t>#65 James Boler - LDE</t>
+    <t>#74 James Boler - LDE</t>
   </si>
   <si>
     <t>#13 Samuel Nelson - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 10-Tony Taylor pass incomplete, intended for 16-Harry Montoya. PENALTY - Holding (ATL 74-Vernon Rainey)</t>
   </si>
   <si>
     <t>#10 Tony Taylor - QB</t>
   </si>
   <si>
     <t>#41 Dennis Deal - FB</t>
   </si>
   <si>
     <t>#83 Manuel Rolland - TE</t>
   </si>
   <si>
     <t>#16 Harry Montoya - WR</t>
   </si>
   <si>
     <t>#12 Raymond Merritt - WR</t>
   </si>
   <si>
     <t>#70 Joe Torrez - LT</t>
   </si>
   <si>
     <t>#75 Joseph Bessette - LG</t>
   </si>
   <si>
     <t>#74 Vernon Rainey - C</t>
   </si>
   <si>
     <t>#72 Robin Hurley - RT</t>
   </si>
   <si>
     <t>#79 Larry Felan - LT</t>
   </si>
   <si>
-    <t>#70 Peter Bates - DT</t>
+    <t>#63 Peter Bates - DT</t>
   </si>
   <si>
     <t>#71 Jewel Davis - DT</t>
   </si>
   <si>
     <t>#92 Donald Williams - DT</t>
   </si>
   <si>
     <t>#72 David Brown - RDE</t>
   </si>
   <si>
     <t>#52 Cory Gibbons - SLB</t>
   </si>
   <si>
     <t>#92 Robert Brehmer - MLB</t>
   </si>
   <si>
     <t>#56 John Welch - WLB</t>
   </si>
   <si>
     <t>#37 John Roach - CB</t>
   </si>
   <si>
     <t>#24 William Rhinehart - CB</t>
   </si>
   <si>
-    <t>#45 Clarence Sample - SS</t>
+    <t>#34 Clarence Sample - SS</t>
   </si>
   <si>
     <t>#34 Charles Brunner - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>1-20-ATL 15 (14:58) 10-Tony Taylor pass incomplete, intended for 83-Manuel Rolland.</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-20-ATL 15 (14:55) 10-Tony Taylor pass complete to 88-Steven Grant to ATL 18 for 3 yards. Tackle by 21-Arthur Sanders. 88-Steven Grant made a great move on the CB.</t>
   </si>
@@ -500,90 +500,90 @@
   <si>
     <t>#95 Rudy Matthews - WLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>KCC 27</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-KCC 27 (13:28) 6-Francisco Utsey pass complete to 82-Lucius Yates to KCC 29 for 2 yards. Tackle by 26-Ronald Swanson.</t>
   </si>
   <si>
     <t>#6 Francisco Utsey - QB</t>
   </si>
   <si>
     <t>#17 Bernard Graves - RB</t>
   </si>
   <si>
-    <t>#87 Jeremy Miller - TE</t>
+    <t>#25 Jeremy Miller - FB</t>
   </si>
   <si>
     <t>#89 Sean Michaud - WR</t>
   </si>
   <si>
     <t>#82 Lucius Yates - WR</t>
   </si>
   <si>
     <t>#76 Don Vandyne - LT</t>
   </si>
   <si>
     <t>#62 William Haro - LG</t>
   </si>
   <si>
     <t>#61 Mark Johnson - C</t>
   </si>
   <si>
     <t>#53 Benjamin Jefferson - RG</t>
   </si>
   <si>
     <t>#51 Jose Lee - RT</t>
   </si>
   <si>
     <t>#63 Jonathan Coleman - DT</t>
   </si>
   <si>
     <t>#60 Brandon Bowles - SLB</t>
   </si>
   <si>
     <t>#54 Jose Willoughby - WLB</t>
   </si>
   <si>
     <t>#29 Gerald Kelly - CB</t>
   </si>
   <si>
     <t>#31 William Haddad - FS</t>
   </si>
   <si>
-    <t>#35 Erik Brown - FS</t>
+    <t>#20 Erik Brown - FS</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>KCC 29</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>2-8-KCC 29 (12:43) 6-Francisco Utsey pass complete to 89-Sean Michaud to KCC 40 for 10 yards. Tackle by 57-Juan Orme.</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>KCC 40</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-KCC 40 (11:57) PENALTY - False Start (KCC 76-Don Vandyne)</t>
   </si>
@@ -1232,96 +1232,96 @@
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>ATL 8</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>3-7-ATL 8 (0:24) 6-Tracy Rawlings ran to ATL 17 for 9 yards. Tackle by 30-Manuel Soto.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>(15:00) 7-Larry Perry kicks 64 yards from ATL 35 to KCC 1. 81-William Parisien to KCC 34 for 34 yards. Tackle by 7-Larry Perry.</t>
   </si>
   <si>
     <t>#77 Donald Travis - DT</t>
   </si>
   <si>
-    <t>#15 Larry Perry - K</t>
+    <t>#4 Larry Perry - K</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>KCC 34</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-KCC 34 (14:56) 17-Frank Albin pass INTERCEPTED by 50-Jose Willoughby at KCC 41. 50-Jose Willoughby to KCC 23 for 18 yards. Tackle by 17-Frank Albin.</t>
   </si>
   <si>
     <t>#8 Frank Albin - QB</t>
   </si>
   <si>
     <t>#83 Paul Kuhlmann - TE</t>
   </si>
   <si>
     <t>#56 Richard Hines - C</t>
   </si>
   <si>
     <t>#56 John Kehl - DT</t>
   </si>
   <si>
     <t>14:46</t>
   </si>
   <si>
     <t>KCC 23</t>
   </si>
   <si>
     <t>1-10-KCC 23 (14:47) 18-Eugene Moreno pass INTERCEPTED by 35-Craig Peart at KCC 8. 35-Craig Peart to KCC 8 for 0 yards. Tackle by 88-Steven Grant.</t>
   </si>
   <si>
     <t>#18 Eugene Moreno - QB</t>
   </si>
   <si>
     <t>#87 Daniel England - TE</t>
   </si>
   <si>
-    <t>#70 Ernest Ford - LG</t>
+    <t>#66 Ernest Ford - LG</t>
   </si>
   <si>
     <t>#73 David Hannah - C</t>
   </si>
   <si>
     <t>#94 Keith Moats - DT</t>
   </si>
   <si>
     <t>#54 David Rupp - RDE</t>
   </si>
   <si>
     <t>14:42</t>
   </si>
   <si>
     <t>KCC 8</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>1-10-KCC 8 (14:43) 17-Frank Albin pass complete to 87-Robert Holzman to KCC 14 for 6 yards. Tackle by 97-Mark Painter.</t>
   </si>
   <si>
     <t>14:09</t>
   </si>