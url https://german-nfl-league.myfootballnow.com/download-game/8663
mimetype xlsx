--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -302,168 +302,168 @@
   <si>
     <t>(15:00) 3-James Vaught kicks 74 yards from CIN 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>#89 Ricardo Soliz - WR</t>
   </si>
   <si>
     <t>#67 Luis Houser - DT</t>
   </si>
   <si>
     <t>#78 Joe Dooley - DT</t>
   </si>
   <si>
     <t>#54 Charles Murray - LDE</t>
   </si>
   <si>
     <t>#98 Timothy Huff - MLB</t>
   </si>
   <si>
     <t>#56 John Novak - WLB</t>
   </si>
   <si>
     <t>#52 Alan Ohara - DT</t>
   </si>
   <si>
-    <t>#42 Paul Heard - SS</t>
+    <t>#39 Paul Heard - SS</t>
   </si>
   <si>
     <t>#31 Dennis Albright - CB</t>
   </si>
   <si>
     <t>#32 Robert Erickson - FS</t>
   </si>
   <si>
     <t>#30 Jerome Cook - SS</t>
   </si>
   <si>
     <t>#3 James Vaught - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 46-Maurice Mathews ran to GBY 26 for 1 yards. Tackle by 20-Christopher Henderson.</t>
   </si>
   <si>
     <t>#8 Roy Barbosa - QB</t>
   </si>
   <si>
-    <t>#46 Maurice Mathews - FB</t>
+    <t>#80 Maurice Mathews - TE</t>
   </si>
   <si>
     <t>#88 Roger Parkinson - TE</t>
   </si>
   <si>
-    <t>#85 Charles Diemer - WR</t>
-[...2 lines deleted...]
-    <t>#17 Frederick Conway - WR</t>
+    <t>#4 Charles Diemer - WR</t>
+  </si>
+  <si>
+    <t>#83 Frederick Conway - WR</t>
   </si>
   <si>
     <t>#60 John Anderson - LT</t>
   </si>
   <si>
     <t>#63 Patrick Martin - LG</t>
   </si>
   <si>
     <t>#71 Joseph Jackson - C</t>
   </si>
   <si>
     <t>#65 Eric Munday - RG</t>
   </si>
   <si>
     <t>#69 Joseph Phaneuf - RT</t>
   </si>
   <si>
     <t>#27 Scott Johnson - CB</t>
   </si>
   <si>
     <t>#50 Jeffrey Belcher - DT</t>
   </si>
   <si>
     <t>#51 Noe Johnson - DT</t>
   </si>
   <si>
-    <t>#76 Patrick Williams - RDE</t>
+    <t>#75 Patrick Williams - RDE</t>
   </si>
   <si>
     <t>#97 John Kells - MLB</t>
   </si>
   <si>
     <t>#40 Justin Hernandez - WLB</t>
   </si>
   <si>
     <t>#22 Robert Collier - CB</t>
   </si>
   <si>
     <t>#21 Gerard Crafton - CB</t>
   </si>
   <si>
     <t>#20 Christopher Henderson - CB</t>
   </si>
   <si>
     <t>#29 Alex Chen - SS</t>
   </si>
   <si>
     <t>#27 James Winebarger - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-9-GBY 26 (14:19) 46-Maurice Mathews ran to GBY 26 for -1 yards. Tackle by 97-John Kells.</t>
   </si>
   <si>
     <t>#22 Jonathan Ricks - RB</t>
   </si>
   <si>
     <t>#82 Ben Floyd - TE</t>
   </si>
   <si>
     <t>#78 Buddy Webster - LDE</t>
   </si>
   <si>
-    <t>#44 Laverne Lee - SLB</t>
+    <t>#99 Laverne Lee - SLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-9-GBY 26 (13:39) 8-Roy Barbosa sacked at GBY 16 for -10 yards (76-Patrick Williams). Sack allowed by 60-John Anderson. GBY 58-Joseph Jackson was injured on the play. He looks like he should be able to return. CIN 76-Patrick Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#23 Charles Smith - CB</t>
   </si>
   <si>
     <t>#24 Wallace Dewitt - CB</t>
   </si>
   <si>
     <t>#28 Donald Maldonado - SS</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
@@ -515,72 +515,72 @@
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-GBY 43 (12:51) 12-Brian Sims pass complete to 88-Curtis Almanza to GBY 33 for 10 yards. Tackle by 59-Jamie Lucas.</t>
   </si>
   <si>
     <t>#12 Brian Sims - QB</t>
   </si>
   <si>
     <t>#31 Warren Castillo - RB</t>
   </si>
   <si>
     <t>#32 Thomas Vegas - FB</t>
   </si>
   <si>
     <t>#88 Curtis Almanza - TE</t>
   </si>
   <si>
     <t>#89 Miguel Chalk - WR</t>
   </si>
   <si>
-    <t>#66 Fred Sweeney - LT</t>
-[...2 lines deleted...]
-    <t>#60 Johnny Ratliff - LG</t>
+    <t>#69 Fred Sweeney - LT</t>
+  </si>
+  <si>
+    <t>#61 Johnny Ratliff - LG</t>
   </si>
   <si>
     <t>#57 Peter Keifer - C</t>
   </si>
   <si>
-    <t>#50 Johnny Passmore - RG</t>
+    <t>#67 Johnny Passmore - RG</t>
   </si>
   <si>
     <t>#67 Raymond Granger - RT</t>
   </si>
   <si>
-    <t>#94 Wayne Grady - RDE</t>
+    <t>#98 Wayne Grady - DT</t>
   </si>
   <si>
     <t>#57 Phillip French - WLB</t>
   </si>
   <si>
-    <t>#59 Jamie Lucas - WLB</t>
+    <t>#54 Jamie Lucas - WLB</t>
   </si>
   <si>
     <t>#56 Tuan Eller - WLB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>GBY 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-GBY 33 (12:07) 31-Warren Castillo ran to GBY 30 for 2 yards. Tackle by 38-Paul Heard.</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>GBY 30</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>1-10-GBY 30 (11:25) 31-Warren Castillo ran to GBY 20 for 10 yards. Tackle by 32-Robert Erickson. PENALTY - Holding (CIN 18-Matt Loomis)</t>
   </si>
   <si>
     <t>#18 Matt Loomis - WR</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>GBY 31</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>1-10-GBY 31 (11:21) 12-Brian Sims pass complete to 17-Miguel Chalk to GBY 21 for 10 yards. Tackle by 59-Jamie Lucas.</t>
   </si>
   <si>
     <t>#32 Matthew Askew - RB</t>
   </si>
   <si>
-    <t>#89 Gregory Pleasants - TE</t>
+    <t>#44 Gregory Pleasants - FB</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>GBY 21</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-GBY 21 (10:38) 31-Warren Castillo ran to GBY 14 for 7 yards. 31-Warren Castillo FUMBLES (38-Paul Heard) recovered by CIN-57-Peter Keifer at GBY 14. Tackle by 38-Paul Heard. GBY 32-Robert Erickson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Franklin Hall - WR</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>GBY 14</t>
   </si>
@@ -683,72 +683,72 @@
   <si>
     <t>2-2-GBY 2 (7:57) 38-William Firkins ran for 2 yards. TOUCHDOWN! CIN 6 GBY 0</t>
   </si>
   <si>
     <t>#38 William Firkins - RB</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:55) Extra point GOOD by 3-James Vaught. CIN 7 GBY 0</t>
   </si>
   <si>
     <t>#4 Michael Harley - RB</t>
   </si>
   <si>
-    <t>#68 Jackie Barfield - C</t>
+    <t>#57 Jackie Barfield - C</t>
   </si>
   <si>
     <t>#52 Shawn Arnold - LT</t>
   </si>
   <si>
     <t>#51 George Beach - LG</t>
   </si>
   <si>
     <t>#64 Wallace Clinton - RT</t>
   </si>
   <si>
     <t>#58 Edwin Gleaves - C</t>
   </si>
   <si>
     <t>#96 Arthur McNeely - MLB</t>
   </si>
   <si>
     <t>#73 Michael Arrington - RDE</t>
   </si>
   <si>
-    <t>#61 Samuel Shillings - LDE</t>
+    <t>#70 Samuel Shillings - LDE</t>
   </si>
   <si>
     <t>(7:55) 3-James Vaught kicks 74 yards from CIN 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-GBY 25 (7:55) 8-Roy Barbosa pass complete to 88-Roger Parkinson to GBY 32 for 7 yards. Tackle by 21-Gerard Crafton. Great move by 88-Roger Parkinson to get free of his coverage. PENALTY - Unnecessary Roughness (CIN 21-Gerard Crafton)</t>
   </si>
   <si>
     <t>#39 William Phelps - WR</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>GBY 47</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -1283,72 +1283,72 @@
   <si>
     <t>GBY 20</t>
   </si>
   <si>
     <t>2-7-GBY 20 (0:27) 46-Maurice Mathews ran to GBY 25 for 5 yards. Tackle by 28-Donald Maldonado. CIN 98-Jeffrey Belcher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 9-David Cox kicks 73 yards from GBY 35 to CIN -8. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 32-Matthew Askew ran to CIN 31 for 6 yards. Tackle by 56-John Novak.</t>
   </si>
   <si>
     <t>#87 George Martin - TE</t>
   </si>
   <si>
     <t>#64 Tyrone Drewry - RG</t>
   </si>
   <si>
-    <t>#61 Michael Garza - RT</t>
+    <t>#69 Michael Garza - RT</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>2-4-CIN 31 (14:25) 32-Matthew Askew ran to CIN 41 for 10 yards. Tackle by 39-Dennis Albright. PENALTY - Holding (CIN 64-Tyrone Drewry)</t>
   </si>
   <si>
     <t>CIN 21</t>
   </si>
   <si>
     <t>2-14-CIN 21 (14:21) 10-Michael Harley pass Pass knocked down by 56-John Novak. incomplete, intended for 89-Gregory Pleasants.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>3-14-CIN 21 (14:18) 10-Michael Harley pass complete to 89-Gregory Pleasants to CIN 32 for 11 yards. Tackle by 57-Phillip French.</t>
   </si>
   <si>
-    <t>#97 Johnie Dismuke - SLB</t>
+    <t>#56 Johnie Dismuke - SLB</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>4-3-CIN 32 (13:44) 1-Gary Rahm punts 45 yards to GBY 23. Fair Catch by 89-Ricardo Soliz.</t>
   </si>
   <si>
     <t>#59 Joshua Duke - C</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>GBY 23</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 23 (13:38) 22-Jonathan Ricks ran to GBY 24 for a short gain. Tackle by 21-Gerard Crafton.</t>
   </si>
   <si>
     <t>#11 Kent Spade - QB</t>
   </si>
@@ -1385,51 +1385,51 @@
   <si>
     <t>CIN 44</t>
   </si>
   <si>
     <t>1-10-CIN 44 (12:50) 32-Matthew Askew ran to GBY 47 for 9 yards. Tackle by 39-Dennis Albright. GBY 39-Dennis Albright was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>2-1-GBY 47 (12:16) 38-William Firkins ran to GBY 44 for 3 yards. Tackle by 71-Alan Ohara.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>GBY 44</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>1-10-GBY 44 (11:34) 10-Michael Harley pass incomplete, intended for 15-Eddie Shanks.</t>
   </si>
   <si>
-    <t>#15 Eddie Shanks - WR</t>
+    <t>#87 Eddie Shanks - WR</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>2-10-GBY 44 (11:31) 10-Michael Harley pass Pass knocked down by 59-Jamie Lucas. incomplete, intended for 89-Gregory Pleasants.</t>
   </si>
   <si>
     <t>#11 Charles Nguyen - WR</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>3-10-GBY 44 (11:28) 10-Michael Harley pass complete to 15-Eddie Shanks to GBY 43 for 1 yards. Tackle by 97-Johnie Dismuke.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>4-9-GBY 43 (10:50) 1-Gary Rahm punts 33 yards to GBY 10.</t>
   </si>
@@ -1460,51 +1460,51 @@
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>(9:52) 9-David Cox kicks 84 yards from GBY 20 to CIN -4. 38-William Firkins for 105yards. TOUCHDOWN! GBY 99-Samuel Shillings was injured on the play. He looks like he should be able to return. CIN 28-Donald Maldonado was injured on the play. He looks like he should be able to return. CIN 21-Gerard Crafton was injured on the play. He looks like he should be able to return. CIN 18 GBY 10</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>(9:36) Extra point GOOD by 3-James Vaught. CIN 19 GBY 10</t>
   </si>
   <si>
     <t>#92 William Marshall - MLB</t>
   </si>
   <si>
     <t>#62 Kenneth Deleon - DT</t>
   </si>
   <si>
     <t>(9:36) 3-James Vaught kicks 75 yards from CIN 35 to GBY -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-GBY 25 (9:36) 22-Jonathan Ricks ran to GBY 27 for 2 yards. Tackle by 20-Christopher Henderson.</t>
   </si>
   <si>
-    <t>#99 Matthew Palombo - MLB</t>
+    <t>#97 Matthew Palombo - MLB</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-8-GBY 27 (8:53) 11-Kent Spade pass incomplete, dropped by 39-William Phelps.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>3-8-GBY 27 (8:50) 22-Jonathan Ricks ran to GBY 34 for 7 yards. Tackle by 25-Marion Price.</t>
   </si>
   <si>
     <t>#72 Clayton Bejarano - DT</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>GBY 34</t>
   </si>
@@ -2404,51 +2404,51 @@
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">