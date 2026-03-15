--- v1 (2026-01-14)
+++ v2 (2026-03-15)
@@ -335,51 +335,51 @@
   <si>
     <t>#30 Jerome Cook - SS</t>
   </si>
   <si>
     <t>#3 James Vaught - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 46-Maurice Mathews ran to GBY 26 for 1 yards. Tackle by 20-Christopher Henderson.</t>
   </si>
   <si>
     <t>#8 Roy Barbosa - QB</t>
   </si>
   <si>
-    <t>#80 Maurice Mathews - TE</t>
+    <t>#86 Maurice Mathews - TE</t>
   </si>
   <si>
     <t>#88 Roger Parkinson - TE</t>
   </si>
   <si>
     <t>#4 Charles Diemer - WR</t>
   </si>
   <si>
     <t>#83 Frederick Conway - WR</t>
   </si>
   <si>
     <t>#60 John Anderson - LT</t>
   </si>
   <si>
     <t>#63 Patrick Martin - LG</t>
   </si>
   <si>
     <t>#71 Joseph Jackson - C</t>
   </si>
   <si>
     <t>#65 Eric Munday - RG</t>
   </si>
   <si>
     <t>#69 Joseph Phaneuf - RT</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>1-10-GBY 43 (12:51) 12-Brian Sims pass complete to 88-Curtis Almanza to GBY 33 for 10 yards. Tackle by 59-Jamie Lucas.</t>
   </si>
   <si>
     <t>#12 Brian Sims - QB</t>
   </si>
   <si>
     <t>#31 Warren Castillo - RB</t>
   </si>
   <si>
     <t>#32 Thomas Vegas - FB</t>
   </si>
   <si>
     <t>#88 Curtis Almanza - TE</t>
   </si>
   <si>
     <t>#89 Miguel Chalk - WR</t>
   </si>
   <si>
     <t>#69 Fred Sweeney - LT</t>
   </si>
   <si>
     <t>#61 Johnny Ratliff - LG</t>
   </si>
   <si>
-    <t>#57 Peter Keifer - C</t>
+    <t>#57 Peter Keifer - RG</t>
   </si>
   <si>
     <t>#67 Johnny Passmore - RG</t>
   </si>
   <si>
     <t>#67 Raymond Granger - RT</t>
   </si>
   <si>
     <t>#98 Wayne Grady - DT</t>
   </si>
   <si>
     <t>#57 Phillip French - WLB</t>
   </si>
   <si>
     <t>#54 Jamie Lucas - WLB</t>
   </si>
   <si>
     <t>#56 Tuan Eller - WLB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>GBY 33</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-GBY 30 (11:25) 31-Warren Castillo ran to GBY 20 for 10 yards. Tackle by 32-Robert Erickson. PENALTY - Holding (CIN 18-Matt Loomis)</t>
   </si>
   <si>
     <t>#18 Matt Loomis - WR</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>GBY 31</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>1-10-GBY 31 (11:21) 12-Brian Sims pass complete to 17-Miguel Chalk to GBY 21 for 10 yards. Tackle by 59-Jamie Lucas.</t>
   </si>
   <si>
-    <t>#32 Matthew Askew - RB</t>
+    <t>#46 Matthew Askew - RB</t>
   </si>
   <si>
     <t>#44 Gregory Pleasants - FB</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>GBY 21</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-GBY 21 (10:38) 31-Warren Castillo ran to GBY 14 for 7 yards. 31-Warren Castillo FUMBLES (38-Paul Heard) recovered by CIN-57-Peter Keifer at GBY 14. Tackle by 38-Paul Heard. GBY 32-Robert Erickson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Franklin Hall - WR</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
@@ -680,75 +680,75 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-2-GBY 2 (7:57) 38-William Firkins ran for 2 yards. TOUCHDOWN! CIN 6 GBY 0</t>
   </si>
   <si>
     <t>#38 William Firkins - RB</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:55) Extra point GOOD by 3-James Vaught. CIN 7 GBY 0</t>
   </si>
   <si>
-    <t>#4 Michael Harley - RB</t>
-[...2 lines deleted...]
-    <t>#57 Jackie Barfield - C</t>
+    <t>#4 Michael Harley - QB</t>
+  </si>
+  <si>
+    <t>#69 Jackie Barfield - C</t>
   </si>
   <si>
     <t>#52 Shawn Arnold - LT</t>
   </si>
   <si>
     <t>#51 George Beach - LG</t>
   </si>
   <si>
     <t>#64 Wallace Clinton - RT</t>
   </si>
   <si>
     <t>#58 Edwin Gleaves - C</t>
   </si>
   <si>
     <t>#96 Arthur McNeely - MLB</t>
   </si>
   <si>
     <t>#73 Michael Arrington - RDE</t>
   </si>
   <si>
-    <t>#70 Samuel Shillings - LDE</t>
+    <t>#90 Samuel Shillings - DT</t>
   </si>
   <si>
     <t>(7:55) 3-James Vaught kicks 74 yards from CIN 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-GBY 25 (7:55) 8-Roy Barbosa pass complete to 88-Roger Parkinson to GBY 32 for 7 yards. Tackle by 21-Gerard Crafton. Great move by 88-Roger Parkinson to get free of his coverage. PENALTY - Unnecessary Roughness (CIN 21-Gerard Crafton)</t>
   </si>
   <si>
     <t>#39 William Phelps - WR</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>GBY 47</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -1385,51 +1385,51 @@
   <si>
     <t>CIN 44</t>
   </si>
   <si>
     <t>1-10-CIN 44 (12:50) 32-Matthew Askew ran to GBY 47 for 9 yards. Tackle by 39-Dennis Albright. GBY 39-Dennis Albright was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>2-1-GBY 47 (12:16) 38-William Firkins ran to GBY 44 for 3 yards. Tackle by 71-Alan Ohara.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>GBY 44</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>1-10-GBY 44 (11:34) 10-Michael Harley pass incomplete, intended for 15-Eddie Shanks.</t>
   </si>
   <si>
-    <t>#87 Eddie Shanks - WR</t>
+    <t>#18 Eddie Shanks - WR</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>2-10-GBY 44 (11:31) 10-Michael Harley pass Pass knocked down by 59-Jamie Lucas. incomplete, intended for 89-Gregory Pleasants.</t>
   </si>
   <si>
     <t>#11 Charles Nguyen - WR</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>3-10-GBY 44 (11:28) 10-Michael Harley pass complete to 15-Eddie Shanks to GBY 43 for 1 yards. Tackle by 97-Johnie Dismuke.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>4-9-GBY 43 (10:50) 1-Gary Rahm punts 33 yards to GBY 10.</t>
   </si>
@@ -2363,100 +2363,100 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="458.745" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>