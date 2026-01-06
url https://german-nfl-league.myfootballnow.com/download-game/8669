--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -599,51 +599,51 @@
   <si>
     <t>#67 Horace Castillo - RT</t>
   </si>
   <si>
     <t>#78 Walter Dyke - LDE</t>
   </si>
   <si>
     <t>#92 Jeffrey Vergara - DT</t>
   </si>
   <si>
     <t>#57 John Hickey - WLB</t>
   </si>
   <si>
     <t>#54 Barry Braxton - MLB</t>
   </si>
   <si>
     <t>#32 Jeremy Martinez - CB</t>
   </si>
   <si>
     <t>#27 Michael Pollard - CB</t>
   </si>
   <si>
     <t>#53 William Campbell - MLB</t>
   </si>
   <si>
-    <t>#30 Carol Anderson - SS</t>
+    <t>#24 Carol Anderson - SS</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>PIT 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-PIT 28 (10:11) 32-James Spurlock ran to PIT 29 for 1 yards. Tackle by 53-James McCollister.</t>
   </si>
   <si>
     <t>#30 Danny Fox - RB</t>
   </si>
   <si>
     <t>#67 Bernard Harrington - RG</t>
   </si>
   <si>
     <t>#70 Charles Chambers - LT</t>
   </si>
@@ -1307,51 +1307,51 @@
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-6-PIT 29 (14:24) 46-Danny Fox ran to PIT 30 for 1 yards. Tackle by 68-Jeffrey Vergara.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>4-5-PIT 30 (13:41) 16-Matthew Pan punts 50 yards to PHI 20. Fair Catch by 14-Russell Allen.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>1-10-PHI 20 (13:35) 42-Fredrick Montanez ran to PHI 21 for 1 yards. Tackle by 93-Stanton Robinson.</t>
   </si>
   <si>
-    <t>#11 William Calderon - QB</t>
+    <t>#1 William Calderon - QB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-9-PHI 21 (12:58) 7-William Calderon pass incomplete, dropped by 12-David Stewart.</t>
   </si>
   <si>
     <t>3-9-PHI 21 (12:55) 7-William Calderon pass incomplete, intended for 14-Russell Allen. Pressure by 96-John Hawkins.</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>4-9-PHI 21 (12:51) 9-Dirk Jensen punts 49 yards to PIT 30. 84-Aurelio Sharkey to PIT 40 for 10 yards. Tackle by 23-Ronald Michaud.</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>PIT 40</t>
   </si>
@@ -2263,51 +2263,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="366.768" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>