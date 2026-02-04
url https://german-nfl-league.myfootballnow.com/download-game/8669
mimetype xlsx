--- v1 (2026-01-06)
+++ v2 (2026-02-04)
@@ -299,96 +299,96 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Francis Weesner kicks 74 yards from PIT 35 to PHI -9. 14-Russell Allen to PHI 18 for 28 yards. Tackle by 56-Danny Drayton. PIT 90-Johnny Lumpkins was injured on the play. He looks like he should be able to return. PHI 52-Juan Deleon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Russell Allen - WR</t>
   </si>
   <si>
     <t>#52 Juan Deleon - LDE</t>
   </si>
   <si>
     <t>#92 Robert Aguirre - MLB</t>
   </si>
   <si>
     <t>#35 James McCollister - FS</t>
   </si>
   <si>
     <t>#29 Richard Roybal - SS</t>
   </si>
   <si>
     <t>#92 Robert Fink - RDE</t>
   </si>
   <si>
-    <t>#48 Kenneth Lyon - FS</t>
+    <t>#35 Kenneth Lyon - FS</t>
   </si>
   <si>
     <t>#70 Darrell Hall - DT</t>
   </si>
   <si>
     <t>#72 David Johnson - DT</t>
   </si>
   <si>
     <t>#59 Walter Smith - MLB</t>
   </si>
   <si>
     <t>#54 Kevin Osborn - WLB</t>
   </si>
   <si>
     <t>#5 Francis Weesner - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>PHI 18</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-PHI 18 (14:56) 42-Fredrick Montanez ran to PHI 21 for 3 yards. Tackle by 51-Dennis McCabe. PHI 77-Allan Nguyen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Phillip Willis - QB</t>
   </si>
   <si>
     <t>#42 Fredrick Montanez - RB</t>
   </si>
   <si>
     <t>#68 Ronald Michaud - RG</t>
   </si>
   <si>
-    <t>#84 Michael Kilgore - TE</t>
+    <t>#43 Michael Kilgore - FB</t>
   </si>
   <si>
     <t>#83 Frank Odom - WR</t>
   </si>
   <si>
     <t>#12 David Stewart - WR</t>
   </si>
   <si>
     <t>#62 John Tompson - LT</t>
   </si>
   <si>
     <t>#60 Miguel Francis - LG</t>
   </si>
   <si>
     <t>#73 Ricardo Magana - RG</t>
   </si>
   <si>
     <t>#57 Solomon Gessner - RG</t>
   </si>
   <si>
     <t>#64 Allan Nguyen - RG</t>
   </si>
   <si>
     <t>#94 Keith Wright - LDE</t>
   </si>
@@ -563,84 +563,84 @@
   <si>
     <t>PIT 17</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 17 (10:54) 8-Charles Coughlin pass complete to 32-James Spurlock to PIT 28 for 11 yards. Tackle by 99-John Hickey.</t>
   </si>
   <si>
     <t>#6 Charles Coughlin - QB</t>
   </si>
   <si>
     <t>#32 James Spurlock - RB</t>
   </si>
   <si>
     <t>#89 Robert Olive - TE</t>
   </si>
   <si>
     <t>#87 Brandon Falls - WR</t>
   </si>
   <si>
     <t>#84 Aurelio Sharkey - TE</t>
   </si>
   <si>
-    <t>#71 Scott Keller - C</t>
+    <t>#67 Scott Keller - C</t>
   </si>
   <si>
     <t>#63 James Fetter - LG</t>
   </si>
   <si>
     <t>#70 Peter Latimer - C</t>
   </si>
   <si>
     <t>#61 William Moser - RG</t>
   </si>
   <si>
     <t>#67 Horace Castillo - RT</t>
   </si>
   <si>
     <t>#78 Walter Dyke - LDE</t>
   </si>
   <si>
-    <t>#92 Jeffrey Vergara - DT</t>
+    <t>#93 Jeffrey Vergara - DT</t>
   </si>
   <si>
     <t>#57 John Hickey - WLB</t>
   </si>
   <si>
     <t>#54 Barry Braxton - MLB</t>
   </si>
   <si>
     <t>#32 Jeremy Martinez - CB</t>
   </si>
   <si>
     <t>#27 Michael Pollard - CB</t>
   </si>
   <si>
-    <t>#53 William Campbell - MLB</t>
+    <t>#59 William Campbell - MLB</t>
   </si>
   <si>
     <t>#24 Carol Anderson - SS</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>PIT 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-PIT 28 (10:11) 32-James Spurlock ran to PIT 29 for 1 yards. Tackle by 53-James McCollister.</t>
   </si>
   <si>
     <t>#30 Danny Fox - RB</t>
   </si>
   <si>
     <t>#67 Bernard Harrington - RG</t>
   </si>
@@ -767,54 +767,54 @@
   <si>
     <t>1-10-PHI 9 (5:58) 27-Wilburn Keen ran to PHI 8 for a short loss. Tackle by 95-Larry Hickman.</t>
   </si>
   <si>
     <t>5:19</t>
   </si>
   <si>
     <t>PHI 8</t>
   </si>
   <si>
     <t>2-10-PHI 8 (5:18) 42-Fredrick Montanez ran to PHI 17 for 9 yards. Tackle by 91-Ronald Palmore.</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>PHI 17</t>
   </si>
   <si>
     <t>3-1-PHI 17 (4:33) 27-Wilburn Keen ran to PHI 25 for 8 yards. Tackle by 95-Larry Hickman. PHI 76-Solomon Gessner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#40 Justin Schramm - RB</t>
   </si>
   <si>
-    <t>#78 William Grubb - LT</t>
-[...2 lines deleted...]
-    <t>#59 Danny Barile - DT</t>
+    <t>#78 William Grubb - C</t>
+  </si>
+  <si>
+    <t>#69 Danny Barile - RDE</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (3:50) 42-Fredrick Montanez ran to PHI 33 for 8 yards. Tackle by 91-Ronald Palmore.</t>
   </si>
   <si>
     <t>#55 Rodolfo Newsom - RG</t>
   </si>
   <si>
     <t>#90 Johnny Lumpkins - LDE</t>
   </si>
   <si>
     <t>3:06</t>
   </si>