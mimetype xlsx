--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -284,69 +284,69 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>LAC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Ricardo Cain kicks 75 yards from DET 35 to LAC -10. Touchback.</t>
   </si>
   <si>
     <t>#81 Elisha Mello - WR</t>
   </si>
   <si>
-    <t>#51 Randal Thomas - WLB</t>
-[...2 lines deleted...]
-    <t>#21 Harry McKee - CB</t>
+    <t>#53 Randal Thomas - WLB</t>
+  </si>
+  <si>
+    <t>#47 Harry McKee - CB</t>
   </si>
   <si>
     <t>#99 John Hornback - SS</t>
   </si>
   <si>
     <t>#95 Kenneth Hart - DT</t>
   </si>
   <si>
-    <t>#50 Tommy Cash - MLB</t>
+    <t>#76 Tommy Cash - LDE</t>
   </si>
   <si>
     <t>#29 Robert Martin - CB</t>
   </si>
   <si>
-    <t>#31 Austin Gentry - FS</t>
+    <t>#31 Austin Gentry - CB</t>
   </si>
   <si>
     <t>#38 Harry Walsh - CB</t>
   </si>
   <si>
     <t>#78 John Swearengin - RDE</t>
   </si>
   <si>
     <t>#57 Willie Clark - MLB</t>
   </si>
   <si>
     <t>#6 Ricardo Cain - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -380,87 +380,87 @@
   <si>
     <t>#76 Stephen Taylor - RG</t>
   </si>
   <si>
     <t>#74 Richard Morgan - RT</t>
   </si>
   <si>
     <t>#93 Donald Bartos - LDE</t>
   </si>
   <si>
     <t>#63 William Benites - DT</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#50 Jason Moore - MLB</t>
   </si>
   <si>
-    <t>#98 Herschel King - WLB</t>
+    <t>#98 Herschel King - SLB</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#23 Jack Kirkwood - CB</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
     <t>#20 James Witkowski - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>LAC 24</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-LAC 24 (14:24) 17-Lee King pass complete to 25-Steve Donley to LAC 24 for a short gain. Tackle by 50-Jason Moore.</t>
   </si>
   <si>
     <t>#40 Rafael Wyman - FB</t>
   </si>
   <si>
     <t>#84 Nathan Lockett - TE</t>
   </si>
   <si>
-    <t>#25 William Morrison - CB</t>
+    <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-11-LAC 24 (13:50) 25-Steve Donley ran to LAC 25 for 2 yards. Tackle by 64-William Marin.</t>
   </si>
   <si>
     <t>#36 William Soto - CB</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-LAC 25 (13:13) 3-Juan Alexander punts 40 yards to DET 34. Fair Catch by 28-Larry Ball.</t>
   </si>
@@ -509,51 +509,51 @@
   <si>
     <t>#18 Julian McClain - WR</t>
   </si>
   <si>
     <t>#10 Donald Hogg - WR</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
     <t>#73 Wayne Peters - RG</t>
   </si>
   <si>
     <t>#62 Michael Daniel - RT</t>
   </si>
   <si>
     <t>#53 Michael Littlefield - LDE</t>
   </si>
   <si>
-    <t>#96 Steve Marshall - RDE</t>
+    <t>#94 Steve Marshall - RDE</t>
   </si>
   <si>
     <t>#93 Jay Szeto - MLB</t>
   </si>
   <si>
     <t>#54 Richard Cross - WLB</t>
   </si>
   <si>
     <t>#21 Peter Gabriel - CB</t>
   </si>
   <si>
     <t>#43 Charles Gregory - CB</t>
   </si>
   <si>
     <t>#20 Gary Spooner - CB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>DET 40</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
@@ -662,54 +662,54 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-LAC 25 (10:43) 32-Frank Moritz ran to LAC 27 for 2 yards. Tackle by 98-Herschel King.</t>
   </si>
   <si>
     <t>#34 Frank Moritz - RB</t>
   </si>
   <si>
     <t>#92 George Cook - MLB</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>LAC 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-8-LAC 27 (10:00) 32-Frank Moritz ran to LAC 34 for 7 yards. Tackle by 39-Jasper Landers.</t>
   </si>
   <si>
-    <t>#83 Nelson Keeton - WR</t>
-[...2 lines deleted...]
-    <t>#94 Shelton Berg - DT</t>
+    <t>#5 Nelson Keeton - CB</t>
+  </si>
+  <si>
+    <t>#94 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>LAC 34</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>3-1-LAC 34 (9:24) 40-Rafael Wyman ran to LAC 35 for a short gain. Tackle by 64-William Marin.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>LAC 35</t>
   </si>
   <si>
     <t>4-1-LAC 35 (8:45) 3-Juan Alexander punts 50 yards to DET 15. 28-Larry Ball to DET 28 for 13 yards.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
@@ -2258,51 +2258,51 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="279.503" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>