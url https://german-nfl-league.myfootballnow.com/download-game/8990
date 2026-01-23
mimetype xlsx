--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -308,51 +308,51 @@
   <si>
     <t>#53 Randal Thomas - WLB</t>
   </si>
   <si>
     <t>#47 Harry McKee - CB</t>
   </si>
   <si>
     <t>#99 John Hornback - SS</t>
   </si>
   <si>
     <t>#95 Kenneth Hart - DT</t>
   </si>
   <si>
     <t>#76 Tommy Cash - LDE</t>
   </si>
   <si>
     <t>#29 Robert Martin - CB</t>
   </si>
   <si>
     <t>#31 Austin Gentry - CB</t>
   </si>
   <si>
     <t>#38 Harry Walsh - CB</t>
   </si>
   <si>
-    <t>#78 John Swearengin - RDE</t>
+    <t>#67 John Swearengin - RDE</t>
   </si>
   <si>
     <t>#57 Willie Clark - MLB</t>
   </si>
   <si>
     <t>#6 Ricardo Cain - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-LAC 25 (15:00) 25-Steve Donley ran to LAC 24 for -1 yards. Tackle by 98-Herschel King.</t>
   </si>
   <si>
     <t>#17 Lee King - QB</t>
   </si>
@@ -392,51 +392,51 @@
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#50 Jason Moore - MLB</t>
   </si>
   <si>
     <t>#98 Herschel King - SLB</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#23 Jack Kirkwood - CB</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
-    <t>#20 James Witkowski - FS</t>
+    <t>#20 James Witkowski - SS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>LAC 24</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-LAC 24 (14:24) 17-Lee King pass complete to 25-Steve Donley to LAC 24 for a short gain. Tackle by 50-Jason Moore.</t>
   </si>
   <si>
     <t>#40 Rafael Wyman - FB</t>
   </si>
   <si>
     <t>#84 Nathan Lockett - TE</t>
   </si>
   <si>
     <t>#33 William Morrison - CB</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>#44 Christopher Mills - FB</t>
   </si>
   <si>
     <t>#85 Shannon Dougherty - TE</t>
   </si>
   <si>
     <t>#18 Julian McClain - WR</t>
   </si>
   <si>
     <t>#10 Donald Hogg - WR</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
     <t>#73 Wayne Peters - RG</t>
   </si>
   <si>
-    <t>#62 Michael Daniel - RT</t>
+    <t>#50 Michael Daniel - RT</t>
   </si>
   <si>
     <t>#53 Michael Littlefield - LDE</t>
   </si>
   <si>
     <t>#94 Steve Marshall - RDE</t>
   </si>
   <si>
     <t>#93 Jay Szeto - MLB</t>
   </si>
   <si>
     <t>#54 Richard Cross - WLB</t>
   </si>
   <si>
     <t>#21 Peter Gabriel - CB</t>
   </si>
   <si>
     <t>#43 Charles Gregory - CB</t>
   </si>
   <si>
     <t>#20 Gary Spooner - CB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
@@ -662,54 +662,54 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-LAC 25 (10:43) 32-Frank Moritz ran to LAC 27 for 2 yards. Tackle by 98-Herschel King.</t>
   </si>
   <si>
     <t>#34 Frank Moritz - RB</t>
   </si>
   <si>
     <t>#92 George Cook - MLB</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>LAC 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-8-LAC 27 (10:00) 32-Frank Moritz ran to LAC 34 for 7 yards. Tackle by 39-Jasper Landers.</t>
   </si>
   <si>
-    <t>#5 Nelson Keeton - CB</t>
-[...2 lines deleted...]
-    <t>#94 Shelton Berg - MLB</t>
+    <t>#5 Nelson Keeton - RB</t>
+  </si>
+  <si>
+    <t>#59 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>LAC 34</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>3-1-LAC 34 (9:24) 40-Rafael Wyman ran to LAC 35 for a short gain. Tackle by 64-William Marin.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>LAC 35</t>
   </si>
   <si>
     <t>4-1-LAC 35 (8:45) 3-Juan Alexander punts 50 yards to DET 15. 28-Larry Ball to DET 28 for 13 yards.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
@@ -1082,51 +1082,51 @@
   <si>
     <t>1-10-DET 45 (10:21) 28-Larry Ball ran to DET 46 for 1 yards. Tackle by 95-Kenneth Hart.</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>DET 46</t>
   </si>
   <si>
     <t>2-9-DET 46 (9:46) 10-Mark Osborne pass complete to 87-Donald Hogg to DET 47 for 1 yards. Tackle by 21-Peter Gabriel.</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>DET 47</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>3-8-DET 47 (9:13) 10-Mark Osborne pass complete to 81-Robert Averill to LAC 45 for 8 yards. Tackle by 20-Gary Spooner.</t>
   </si>
   <si>
-    <t>#81 Robert Averill - WR</t>
+    <t>#15 Robert Averill - WR</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>LAC 45</t>
   </si>
   <si>
     <t>Singleback Big HB Curls TE Deep</t>
   </si>
   <si>
     <t>1-10-LAC 45 (8:30) 10-Mark Osborne sacked at DET 47 for -8 yards (78-John Swearengin). Sack allowed by 71-James Friddle.</t>
   </si>
   <si>
     <t>#25 Christopher Hibbert - RB</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>2-18-DET 47 (7:55) 10-Mark Osborne pass complete to 18-William Numbers to LAC 50 for 3 yards. Tackle by 43-Charles Gregory.</t>
   </si>
   <si>
     <t>7:13</t>
   </si>