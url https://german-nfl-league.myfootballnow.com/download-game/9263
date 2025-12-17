--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Jesse Maldonado kicks 74 yards from SEA 35 to JAX -9. Touchback.</t>
   </si>
   <si>
     <t>#83 Clarence McNeil - WR</t>
   </si>
   <si>
-    <t>#35 William Edwards - CB</t>
+    <t>#26 William Edwards - CB</t>
   </si>
   <si>
     <t>#56 David Lee - SLB</t>
   </si>
   <si>
     <t>#37 Walter Tyree - SS</t>
   </si>
   <si>
     <t>#95 Brian Gray - RDE</t>
   </si>
   <si>
     <t>#34 Keith Bopp - SS</t>
   </si>
   <si>
     <t>#28 Aaron Yokota - FS</t>
   </si>
   <si>
     <t>#27 Glenn Cahoon - CB</t>
   </si>
   <si>
     <t>#55 Peter Bruggeman - RDE</t>
   </si>
   <si>
     <t>#57 Linwood Smith - MLB</t>
   </si>
@@ -347,129 +347,129 @@
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 42-Edmond Levin ran to JAX 28 for 3 yards. Tackle by 53-Victor Moran.</t>
   </si>
   <si>
     <t>#5 Aaron Saxton - QB</t>
   </si>
   <si>
     <t>#42 Edmond Levin - RB</t>
   </si>
   <si>
     <t>#85 Andrew Nolan - TE</t>
   </si>
   <si>
     <t>#81 Jerry Lee - TE</t>
   </si>
   <si>
     <t>#18 Julius Monroe - WR</t>
   </si>
   <si>
-    <t>#73 Stephen Pacheco - LT</t>
+    <t>#71 Stephen Pacheco - RT</t>
   </si>
   <si>
     <t>#63 Brian Brooke - LG</t>
   </si>
   <si>
     <t>#65 James Warren - C</t>
   </si>
   <si>
     <t>#68 Morris Huntley - RG</t>
   </si>
   <si>
     <t>#66 Tyson King - RT</t>
   </si>
   <si>
     <t>#99 Gary Bernard - RDE</t>
   </si>
   <si>
     <t>#95 Chad Walker - DT</t>
   </si>
   <si>
     <t>#91 Erich Brown - RDE</t>
   </si>
   <si>
     <t>#59 George King - WLB</t>
   </si>
   <si>
-    <t>#51 Victor Moran - SLB</t>
+    <t>#51 Victor Moran - MLB</t>
   </si>
   <si>
     <t>#59 Richard Massey - MLB</t>
   </si>
   <si>
     <t>#54 David Mara - WLB</t>
   </si>
   <si>
     <t>#6 Sean Revis - CB</t>
   </si>
   <si>
     <t>#20 George Hudson - CB</t>
   </si>
   <si>
     <t>#22 Christopher Ashmore - FS</t>
   </si>
   <si>
     <t>#43 Stephen Morris - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>2-7-JAX 28 (14:17) 42-Edmond Levin ran to JAX 25 for -3 yards. Tackle by 59-George King.</t>
   </si>
   <si>
     <t>#84 Barry Lacher - WR</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Normal LB Blitz</t>
   </si>
   <si>
     <t>3-10-JAX 25 (13:34) 30-Christopher Higgs ran to JAX 30 for 5 yards. Tackle by 75-Erich Brown.</t>
   </si>
   <si>
-    <t>#30 Christopher Higgs - RB</t>
+    <t>#35 Christopher Higgs - RB</t>
   </si>
   <si>
     <t>#66 Marshall Houston - DT</t>
   </si>
   <si>
     <t>#23 Andre Sellers - CB</t>
   </si>
   <si>
     <t>#41 Paul Rudolph - SS</t>
   </si>
   <si>
     <t>#39 Joel Lawrence - FS</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>JAX 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -521,132 +521,132 @@
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 23 (12:46) 9-Robert Lewis ran to SEA 22 for -1 yards. Tackle by 57-Linwood Smith.</t>
   </si>
   <si>
     <t>#16 Elias Strack - QB</t>
   </si>
   <si>
     <t>#9 Robert Lewis - RB</t>
   </si>
   <si>
     <t>#65 William Gutierrez - RG</t>
   </si>
   <si>
     <t>#88 Loren Young - TE</t>
   </si>
   <si>
     <t>#16 Thomas Boyle - WR</t>
   </si>
   <si>
     <t>#60 Alfred Anderson - RT</t>
   </si>
   <si>
-    <t>#62 Raymond Elam - LG</t>
+    <t>#66 Raymond Elam - LG</t>
   </si>
   <si>
     <t>#68 Vernon Perez - C</t>
   </si>
   <si>
     <t>#61 Joshua Dennis - C</t>
   </si>
   <si>
     <t>#58 Thomas Johnson - RT</t>
   </si>
   <si>
     <t>#98 Steven Madsen - LDE</t>
   </si>
   <si>
     <t>#71 Delmar Costello - DT</t>
   </si>
   <si>
     <t>#93 Sean Hicks - DT</t>
   </si>
   <si>
-    <t>#59 Joseph Nichols - WLB</t>
+    <t>#54 Joseph Nichols - WLB</t>
   </si>
   <si>
     <t>#44 Alexander Clark - CB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>SEA 22</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>2-11-SEA 22 (12:03) 9-Robert Lewis ran to SEA 21 for -1 yards. Tackle by 55-Peter Bruggeman.</t>
   </si>
   <si>
     <t>#85 Eric Mucha - TE</t>
   </si>
   <si>
-    <t>#46 Jack Riggins - FB</t>
+    <t>#46 Jack Riggins - RB</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>SEA 21</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Cross</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>3-12-SEA 21 (11:22) 8-Elias Strack sacked at SEA 15 for -6 yards (98-Steven Madsen). Sack allowed by 60-Alfred Anderson.</t>
   </si>
   <si>
     <t>#19 George Roberson - WR</t>
   </si>
   <si>
     <t>#10 Eric Beck - WR</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>SEA 15</t>
   </si>
   <si>
     <t>4-18-SEA 15 (10:39) 5-Karl Usher punts 54 yards to JAX 31. Fair Catch by 83-Clarence McNeil. JAX 58-Manuel Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Karl Usher - P</t>
   </si>
   <si>
     <t>#71 Brian Knight - C</t>
   </si>
   <si>
-    <t>#70 John Delacruz - RDE</t>
+    <t>#60 John Delacruz - RDE</t>
   </si>
   <si>
     <t>#58 Manuel Smith - SLB</t>
   </si>
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>JAX 31</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>1-10-JAX 31 (10:32) 5-Aaron Saxton pass complete to 84-Barry Lacher to JAX 34 for 3 yards. Tackle by 39-Joel Lawrence.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>JAX 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>