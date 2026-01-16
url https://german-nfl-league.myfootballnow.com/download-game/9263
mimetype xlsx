--- v1 (2025-12-17)
+++ v2 (2026-01-16)
@@ -290,141 +290,141 @@
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Jesse Maldonado kicks 74 yards from SEA 35 to JAX -9. Touchback.</t>
   </si>
   <si>
     <t>#83 Clarence McNeil - WR</t>
   </si>
   <si>
     <t>#26 William Edwards - CB</t>
   </si>
   <si>
     <t>#56 David Lee - SLB</t>
   </si>
   <si>
-    <t>#37 Walter Tyree - SS</t>
+    <t>#37 Walter Tyree - CB</t>
   </si>
   <si>
     <t>#95 Brian Gray - RDE</t>
   </si>
   <si>
     <t>#34 Keith Bopp - SS</t>
   </si>
   <si>
     <t>#28 Aaron Yokota - FS</t>
   </si>
   <si>
     <t>#27 Glenn Cahoon - CB</t>
   </si>
   <si>
     <t>#55 Peter Bruggeman - RDE</t>
   </si>
   <si>
     <t>#57 Linwood Smith - MLB</t>
   </si>
   <si>
     <t>#23 Wayne Blakely - FS</t>
   </si>
   <si>
     <t>#3 Jesse Maldonado - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 42-Edmond Levin ran to JAX 28 for 3 yards. Tackle by 53-Victor Moran.</t>
   </si>
   <si>
-    <t>#5 Aaron Saxton - QB</t>
+    <t>#3 Aaron Saxton - QB</t>
   </si>
   <si>
     <t>#42 Edmond Levin - RB</t>
   </si>
   <si>
-    <t>#85 Andrew Nolan - TE</t>
+    <t>#83 Andrew Nolan - TE</t>
   </si>
   <si>
     <t>#81 Jerry Lee - TE</t>
   </si>
   <si>
     <t>#18 Julius Monroe - WR</t>
   </si>
   <si>
     <t>#71 Stephen Pacheco - RT</t>
   </si>
   <si>
     <t>#63 Brian Brooke - LG</t>
   </si>
   <si>
     <t>#65 James Warren - C</t>
   </si>
   <si>
     <t>#68 Morris Huntley - RG</t>
   </si>
   <si>
     <t>#66 Tyson King - RT</t>
   </si>
   <si>
     <t>#99 Gary Bernard - RDE</t>
   </si>
   <si>
     <t>#95 Chad Walker - DT</t>
   </si>
   <si>
     <t>#91 Erich Brown - RDE</t>
   </si>
   <si>
     <t>#59 George King - WLB</t>
   </si>
   <si>
     <t>#51 Victor Moran - MLB</t>
   </si>
   <si>
     <t>#59 Richard Massey - MLB</t>
   </si>
   <si>
-    <t>#54 David Mara - WLB</t>
+    <t>#96 David Mara - WLB</t>
   </si>
   <si>
     <t>#6 Sean Revis - CB</t>
   </si>
   <si>
     <t>#20 George Hudson - CB</t>
   </si>
   <si>
     <t>#22 Christopher Ashmore - FS</t>
   </si>
   <si>
     <t>#43 Stephen Morris - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
@@ -530,54 +530,54 @@
   <si>
     <t>#9 Robert Lewis - RB</t>
   </si>
   <si>
     <t>#65 William Gutierrez - RG</t>
   </si>
   <si>
     <t>#88 Loren Young - TE</t>
   </si>
   <si>
     <t>#16 Thomas Boyle - WR</t>
   </si>
   <si>
     <t>#60 Alfred Anderson - RT</t>
   </si>
   <si>
     <t>#66 Raymond Elam - LG</t>
   </si>
   <si>
     <t>#68 Vernon Perez - C</t>
   </si>
   <si>
     <t>#61 Joshua Dennis - C</t>
   </si>
   <si>
-    <t>#58 Thomas Johnson - RT</t>
-[...2 lines deleted...]
-    <t>#98 Steven Madsen - LDE</t>
+    <t>#69 Thomas Johnson - LT</t>
+  </si>
+  <si>
+    <t>#98 Steven Madsen - DT</t>
   </si>
   <si>
     <t>#71 Delmar Costello - DT</t>
   </si>
   <si>
     <t>#93 Sean Hicks - DT</t>
   </si>
   <si>
     <t>#54 Joseph Nichols - WLB</t>
   </si>
   <si>
     <t>#44 Alexander Clark - CB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>SEA 22</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>2-11-SEA 22 (12:03) 9-Robert Lewis ran to SEA 21 for -1 yards. Tackle by 55-Peter Bruggeman.</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>3-12-SEA 21 (11:22) 8-Elias Strack sacked at SEA 15 for -6 yards (98-Steven Madsen). Sack allowed by 60-Alfred Anderson.</t>
   </si>
   <si>
     <t>#19 George Roberson - WR</t>
   </si>
   <si>
     <t>#10 Eric Beck - WR</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>SEA 15</t>
   </si>
   <si>
     <t>4-18-SEA 15 (10:39) 5-Karl Usher punts 54 yards to JAX 31. Fair Catch by 83-Clarence McNeil. JAX 58-Manuel Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Karl Usher - P</t>
   </si>
   <si>
     <t>#71 Brian Knight - C</t>
   </si>
   <si>
-    <t>#60 John Delacruz - RDE</t>
+    <t>#94 John Delacruz - RDE</t>
   </si>
   <si>
     <t>#58 Manuel Smith - SLB</t>
   </si>
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>JAX 31</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>1-10-JAX 31 (10:32) 5-Aaron Saxton pass complete to 84-Barry Lacher to JAX 34 for 3 yards. Tackle by 39-Joel Lawrence.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>JAX 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>JAX 40</t>
   </si>
   <si>
     <t>2-8-JAX 40 (1:49) 8-Elias Strack pass incomplete, dropped by 88-Loren Young. Pressure by 55-Peter Bruggeman.</t>
   </si>
   <si>
     <t>#82 William Feingold - TE</t>
   </si>
   <si>
     <t>#99 Don Stockman - WLB</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>3-8-JAX 40 (1:46) 8-Elias Strack pass Pass knocked down by 35-William Edwards. incomplete, intended for 88-Loren Young.</t>
   </si>
   <si>
     <t>#12 Arthur Davis - RB</t>
   </si>
   <si>
-    <t>#54 Joel Nguyen - MLB</t>
+    <t>#54 Joel Nguyen - DT</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>4-8-JAX 40 (1:42) 5-Karl Usher punts 33 yards to JAX 8. Fair Catch by 83-Clarence McNeil.</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>JAX 8</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-JAX 8 (1:36) 5-Aaron Saxton pass Pass knocked down by 52-David Mara. incomplete, intended for 42-Edmond Levin.</t>
   </si>
   <si>
     <t>1:33</t>
   </si>
   <si>
     <t>2-10-JAX 8 (1:34) 42-Edmond Levin ran to JAX 6 for -2 yards. Tackle by 95-Chad Walker. 65-James Warren was caught flat-footed on this play.</t>
   </si>