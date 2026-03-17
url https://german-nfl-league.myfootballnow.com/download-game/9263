--- v2 (2026-01-16)
+++ v3 (2026-03-17)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Jesse Maldonado kicks 74 yards from SEA 35 to JAX -9. Touchback.</t>
   </si>
   <si>
     <t>#83 Clarence McNeil - WR</t>
   </si>
   <si>
-    <t>#26 William Edwards - CB</t>
+    <t>#23 William Edwards - CB</t>
   </si>
   <si>
     <t>#56 David Lee - SLB</t>
   </si>
   <si>
     <t>#37 Walter Tyree - CB</t>
   </si>
   <si>
     <t>#95 Brian Gray - RDE</t>
   </si>
   <si>
     <t>#34 Keith Bopp - SS</t>
   </si>
   <si>
     <t>#28 Aaron Yokota - FS</t>
   </si>
   <si>
     <t>#27 Glenn Cahoon - CB</t>
   </si>
   <si>
     <t>#55 Peter Bruggeman - RDE</t>
   </si>
   <si>
     <t>#57 Linwood Smith - MLB</t>
   </si>
@@ -365,51 +365,51 @@
   <si>
     <t>#81 Jerry Lee - TE</t>
   </si>
   <si>
     <t>#18 Julius Monroe - WR</t>
   </si>
   <si>
     <t>#71 Stephen Pacheco - RT</t>
   </si>
   <si>
     <t>#63 Brian Brooke - LG</t>
   </si>
   <si>
     <t>#65 James Warren - C</t>
   </si>
   <si>
     <t>#68 Morris Huntley - RG</t>
   </si>
   <si>
     <t>#66 Tyson King - RT</t>
   </si>
   <si>
     <t>#99 Gary Bernard - RDE</t>
   </si>
   <si>
-    <t>#95 Chad Walker - DT</t>
+    <t>#62 Chad Walker - DT</t>
   </si>
   <si>
     <t>#91 Erich Brown - RDE</t>
   </si>
   <si>
     <t>#59 George King - WLB</t>
   </si>
   <si>
     <t>#51 Victor Moran - MLB</t>
   </si>
   <si>
     <t>#59 Richard Massey - MLB</t>
   </si>
   <si>
     <t>#96 David Mara - WLB</t>
   </si>
   <si>
     <t>#6 Sean Revis - CB</t>
   </si>
   <si>
     <t>#20 George Hudson - CB</t>
   </si>
   <si>
     <t>#22 Christopher Ashmore - FS</t>
   </si>