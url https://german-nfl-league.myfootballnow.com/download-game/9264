--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -350,78 +350,78 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (15:00) PENALTY - False Start (NYJ 67-Josef Thompson)</t>
   </si>
   <si>
     <t>#6 Charles Coughlin - QB</t>
   </si>
   <si>
     <t>#40 Kent Zhu - FB</t>
   </si>
   <si>
     <t>#86 Corey Williams - TE</t>
   </si>
   <si>
     <t>#15 Stephen Chisholm - WR</t>
   </si>
   <si>
     <t>#18 John Spangler - WR</t>
   </si>
   <si>
     <t>#79 Joseph Coria - LT</t>
   </si>
   <si>
-    <t>#62 Thomas Horne - LG</t>
+    <t>#62 Thomas Horne - RG</t>
   </si>
   <si>
     <t>#67 Josef Thompson - C</t>
   </si>
   <si>
     <t>#56 Henry Barrow - RG</t>
   </si>
   <si>
     <t>#75 Frank Orsini - LT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
     <t>#68 Stanley Stokley - DT</t>
   </si>
   <si>
     <t>#31 Merlin Alvarez - FS</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
     <t>#45 Kenneth Short - WLB</t>
   </si>
   <si>
-    <t>#97 Dan Coffman - LDE</t>
+    <t>#97 Dan Coffman - DT</t>
   </si>
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>#92 Robert Sisneros - CB</t>
   </si>
   <si>
     <t>#41 Leon Brighton - CB</t>
   </si>
   <si>
     <t>#35 Stephen Johnson - LDE</t>
   </si>
   <si>
     <t>#57 Phillip Nicholas - FS</t>
   </si>
   <si>
     <t>NYJ 20</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-15-NYJ 20 (15:00) 6-Charles Coughlin pass Pass knocked down by 97-Dan Coffman. incomplete, intended for 40-Kent Zhu.</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>2-15-NYJ 20 (14:56) 6-Charles Coughlin pass incomplete, dropped by 26-Sherman Collins.</t>
   </si>
   <si>
     <t>#71 Tommy Smith - LT</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-15-NYJ 20 (14:52) 6-Charles Coughlin sacked at NYJ 12 for -8 yards (76-James Witt). Sack allowed by 75-Frank Orsini.</t>
   </si>
   <si>
     <t>#16 Clarence Belford - WR</t>
   </si>
   <si>
-    <t>#42 Tony Jackson - FS</t>
+    <t>#42 Tony Jackson - RDE</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>NYJ 12</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-23-NYJ 12 (14:13) 3-Bart Gains punts 44 yards to PAT 44. Fair Catch by 20-David Hutchings.</t>
   </si>
   <si>
     <t>#3 Bart Gains - P</t>
   </si>
   <si>
     <t>#20 David Hutchings - RB</t>
   </si>
   <si>
     <t>#47 Martin Carpenter - CB</t>
   </si>
@@ -494,63 +494,63 @@
   <si>
     <t>#55 George Triplett - MLB</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>PAT 44</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-PAT 44 (14:06) 12-Joe Bribem pass Pass knocked down by 39-Lucas Cooke. incomplete, intended for 14-Henry Brown. 35-Terry Watson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#19 Derrick Goff - RB</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#16 Jose Logan - WR</t>
   </si>
   <si>
     <t>#14 Henry Brown - WR</t>
   </si>
   <si>
     <t>#75 Randy Bailey - LT</t>
   </si>
   <si>
-    <t>#64 Max Harden - LG</t>
+    <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#72 George Smith - C</t>
   </si>
   <si>
     <t>#71 Ronnie Perkins - RG</t>
   </si>
   <si>
     <t>#50 Garry Doss - RT</t>
   </si>
   <si>
     <t>#74 Allen Constable - LDE</t>
   </si>
   <si>
     <t>#75 John Martin - DT</t>
   </si>
   <si>
     <t>#96 Ralph Barnes - SLB</t>
   </si>
   <si>
     <t>#35 Terry Watson - FS</t>
   </si>
   <si>
     <t>#23 Colin Brand - SS</t>
   </si>
@@ -626,102 +626,102 @@
   <si>
     <t>3-2-NYJ 32 (11:21) 12-Joe Bribem pass Pass knocked down by 39-Lucas Cooke. incomplete, intended for 2-John Vallejo.</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-NYJ 32 (11:18) 15-Merle Garner 49 yard field goal is GOOD. PAT 3 NYJ 0</t>
   </si>
   <si>
     <t>#4 Glen Glover - QB</t>
   </si>
   <si>
     <t>#66 Edward Stone - LG</t>
   </si>
   <si>
-    <t>#60 Ronald Gaughan - C</t>
+    <t>#78 Ronald Gaughan - C</t>
   </si>
   <si>
     <t>#51 Walter Marks - RG</t>
   </si>
   <si>
     <t>#92 Adam Miller - MLB</t>
   </si>
   <si>
     <t>#51 Eduardo Slagle - MLB</t>
   </si>
   <si>
     <t>#90 Tommie Bowen - DT</t>
   </si>
   <si>
     <t>#53 Clark Desmond - MLB</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>(11:14) 15-Merle Garner kicks 75 yards from PAT 35 to NYJ -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (11:14) 26-Sherman Collins ran to NYJ 22 for -3 yards. Tackle by 45-Kenneth Short.</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>NYJ 22</t>
   </si>
   <si>
     <t>2-13-NYJ 22 (10:38) 6-Charles Coughlin pass Pass knocked down by 45-Kenneth Short. incomplete, intended for 86-Corey Williams. Pressure by 95-Hector Thomas. 57-Phillip Nicholas got away with a hold on that play.</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-13-NYJ 22 (10:35) 6-Charles Coughlin pass complete to 87-Stephen Chisholm to NYJ 25 for 3 yards. Tackle by 42-Tony Jackson. Pressure by 76-James Witt.</t>
   </si>
   <si>
-    <t>#59 Jose Vass - WLB</t>
+    <t>#98 Jose Vass - WLB</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>4-10-NYJ 25 (9:49) 3-Bart Gains punts 51 yards to PAT 24. 20-David Hutchings to PAT 37 for 12 yards. Tackle by 67-Josef Thompson. 97-Dan Coffman completely missed his blocking assignment. NYJ 75-Frank Orsini was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>PAT 37</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-PAT 37 (9:41) 12-Joe Bribem pass Pass knocked down by 50-Vincent Parker. incomplete, intended for 19-Derrick Goff. Pressure by 66-Kelvin Brown.</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
@@ -1382,102 +1382,102 @@
   <si>
     <t>PAT 25</t>
   </si>
   <si>
     <t>1-10-PAT 25 (15:00) 12-Joe Bribem pass complete to 18-James Payne to PAT 30 for 5 yards. Tackle by 56-Ralph Barnes.</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>PAT 30</t>
   </si>
   <si>
     <t>2-5-PAT 30 (14:23) 12-Joe Bribem pass complete to 88-Barry Rhee to PAT 41 for 10 yards. NYJ 97-John Martin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>PAT 41</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-PAT 41 (13:39) 12-Joe Bribem pass incomplete, intended for 18-James Payne.</t>
   </si>
   <si>
-    <t>#52 Norman Long - WLB</t>
+    <t>#51 Norman Long - MLB</t>
   </si>
   <si>
     <t>#30 James McCormack - CB</t>
   </si>
   <si>
     <t>#21 Antoine Hutton - FS</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>2-10-PAT 41 (13:37) 19-Derrick Goff ran to PAT 45 for 4 yards. Tackle by 20-Thomas Bassham.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>PAT 45</t>
   </si>
   <si>
     <t>3-6-PAT 45 (12:54) 12-Joe Bribem pass complete to 2-John Vallejo to NYJ 46 for 9 yards. Tackle by 56-Ralph Barnes.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>NYJ 46</t>
   </si>
   <si>
     <t>1-10-NYJ 46 (12:11) 12-Joe Bribem pass Pass knocked down by 31-James Ritz. incomplete, intended for 17-Andrew Hurley.</t>
   </si>
   <si>
     <t>#17 Andrew Hurley - RB</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>2-10-NYJ 46 (12:08) 19-Derrick Goff ran to NYJ 35 for 11 yards. Tackle by 23-Colin Brand.</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>1-10-NYJ 35 (11:30) 12-Joe Bribem pass complete to 2-John Vallejo to NYJ 28 for 7 yards. Tackle by 39-Lucas Cooke.</t>
   </si>
   <si>
-    <t>#28 Norman Farias - CB</t>
+    <t>#49 Norman Farias - SS</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>NYJ 28</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-3-NYJ 28 (10:50) 12-Joe Bribem pass complete to 2-John Vallejo to NYJ 19 for 9 yards. Tackle by 56-Ralph Barnes.</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>1-10-NYJ 19 (10:11) 12-Joe Bribem pass Pass knocked down by 35-Terry Watson. incomplete, intended for 5-Billy Lord.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>