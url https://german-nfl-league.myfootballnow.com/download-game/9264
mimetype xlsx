--- v1 (2025-12-25)
+++ v2 (2026-01-24)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (15:00) PENALTY - False Start (NYJ 67-Josef Thompson)</t>
   </si>
   <si>
     <t>#6 Charles Coughlin - QB</t>
   </si>
   <si>
     <t>#40 Kent Zhu - FB</t>
   </si>
   <si>
     <t>#86 Corey Williams - TE</t>
   </si>
   <si>
     <t>#15 Stephen Chisholm - WR</t>
   </si>
   <si>
     <t>#18 John Spangler - WR</t>
   </si>
   <si>
     <t>#79 Joseph Coria - LT</t>
   </si>
   <si>
-    <t>#62 Thomas Horne - RG</t>
+    <t>#62 Thomas Horne - LG</t>
   </si>
   <si>
     <t>#67 Josef Thompson - C</t>
   </si>
   <si>
     <t>#56 Henry Barrow - RG</t>
   </si>
   <si>
     <t>#75 Frank Orsini - LT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
     <t>#68 Stanley Stokley - DT</t>
   </si>
   <si>
     <t>#31 Merlin Alvarez - FS</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
     <t>#45 Kenneth Short - WLB</t>
   </si>
@@ -470,126 +470,126 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-23-NYJ 12 (14:13) 3-Bart Gains punts 44 yards to PAT 44. Fair Catch by 20-David Hutchings.</t>
   </si>
   <si>
     <t>#3 Bart Gains - P</t>
   </si>
   <si>
     <t>#20 David Hutchings - RB</t>
   </si>
   <si>
     <t>#47 Martin Carpenter - CB</t>
   </si>
   <si>
     <t>#45 James Lang - CB</t>
   </si>
   <si>
     <t>#30 Albert Earnest - CB</t>
   </si>
   <si>
     <t>#92 Harry Golden - RDE</t>
   </si>
   <si>
-    <t>#55 George Triplett - MLB</t>
+    <t>#52 George Triplett - MLB</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>PAT 44</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-PAT 44 (14:06) 12-Joe Bribem pass Pass knocked down by 39-Lucas Cooke. incomplete, intended for 14-Henry Brown. 35-Terry Watson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
-    <t>#19 Derrick Goff - RB</t>
+    <t>#84 Derrick Goff - WR</t>
   </si>
   <si>
     <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#16 Jose Logan - WR</t>
   </si>
   <si>
     <t>#14 Henry Brown - WR</t>
   </si>
   <si>
     <t>#75 Randy Bailey - LT</t>
   </si>
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#72 George Smith - C</t>
   </si>
   <si>
     <t>#71 Ronnie Perkins - RG</t>
   </si>
   <si>
     <t>#50 Garry Doss - RT</t>
   </si>
   <si>
     <t>#74 Allen Constable - LDE</t>
   </si>
   <si>
     <t>#75 John Martin - DT</t>
   </si>
   <si>
-    <t>#96 Ralph Barnes - SLB</t>
+    <t>#50 Ralph Barnes - SLB</t>
   </si>
   <si>
     <t>#35 Terry Watson - FS</t>
   </si>
   <si>
     <t>#23 Colin Brand - SS</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-PAT 44 (14:03) 12-Joe Bribem pass complete to 2-John Vallejo to NYJ 48 for 8 yards. Tackle by 56-Ralph Barnes.</t>
   </si>
   <si>
-    <t>#18 James Payne - WR</t>
+    <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>NYJ 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-2-NYJ 48 (13:20) 19-Derrick Goff ran to NYJ 40 for 8 yards. Tackle by 35-Terry Watson.</t>
   </si>
   <si>
     <t>#43 David Fifield - FB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>NYJ 40</t>
   </si>
@@ -632,60 +632,60 @@
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-NYJ 32 (11:18) 15-Merle Garner 49 yard field goal is GOOD. PAT 3 NYJ 0</t>
   </si>
   <si>
     <t>#4 Glen Glover - QB</t>
   </si>
   <si>
     <t>#66 Edward Stone - LG</t>
   </si>
   <si>
     <t>#78 Ronald Gaughan - C</t>
   </si>
   <si>
     <t>#51 Walter Marks - RG</t>
   </si>
   <si>
-    <t>#92 Adam Miller - MLB</t>
+    <t>#47 Adam Miller - WLB</t>
   </si>
   <si>
     <t>#51 Eduardo Slagle - MLB</t>
   </si>
   <si>
     <t>#90 Tommie Bowen - DT</t>
   </si>
   <si>
-    <t>#53 Clark Desmond - MLB</t>
+    <t>#95 Clark Desmond - MLB</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>(11:14) 15-Merle Garner kicks 75 yards from PAT 35 to NYJ -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (11:14) 26-Sherman Collins ran to NYJ 22 for -3 yards. Tackle by 45-Kenneth Short.</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>NYJ 22</t>
   </si>
   <si>
     <t>2-13-NYJ 22 (10:38) 6-Charles Coughlin pass Pass knocked down by 45-Kenneth Short. incomplete, intended for 86-Corey Williams. Pressure by 95-Hector Thomas. 57-Phillip Nicholas got away with a hold on that play.</t>
   </si>
@@ -1415,69 +1415,69 @@
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>2-10-PAT 41 (13:37) 19-Derrick Goff ran to PAT 45 for 4 yards. Tackle by 20-Thomas Bassham.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>PAT 45</t>
   </si>
   <si>
     <t>3-6-PAT 45 (12:54) 12-Joe Bribem pass complete to 2-John Vallejo to NYJ 46 for 9 yards. Tackle by 56-Ralph Barnes.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>NYJ 46</t>
   </si>
   <si>
     <t>1-10-NYJ 46 (12:11) 12-Joe Bribem pass Pass knocked down by 31-James Ritz. incomplete, intended for 17-Andrew Hurley.</t>
   </si>
   <si>
-    <t>#17 Andrew Hurley - RB</t>
+    <t>#17 Andrew Hurley - WR</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>2-10-NYJ 46 (12:08) 19-Derrick Goff ran to NYJ 35 for 11 yards. Tackle by 23-Colin Brand.</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>1-10-NYJ 35 (11:30) 12-Joe Bribem pass complete to 2-John Vallejo to NYJ 28 for 7 yards. Tackle by 39-Lucas Cooke.</t>
   </si>
   <si>
-    <t>#49 Norman Farias - SS</t>
+    <t>#44 Norman Farias - SS</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>NYJ 28</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-3-NYJ 28 (10:50) 12-Joe Bribem pass complete to 2-John Vallejo to NYJ 19 for 9 yards. Tackle by 56-Ralph Barnes.</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>1-10-NYJ 19 (10:11) 12-Joe Bribem pass Pass knocked down by 35-Terry Watson. incomplete, intended for 5-Billy Lord.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>