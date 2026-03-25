--- v2 (2026-01-24)
+++ v3 (2026-03-25)
@@ -512,84 +512,84 @@
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#84 Derrick Goff - WR</t>
   </si>
   <si>
     <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#16 Jose Logan - WR</t>
   </si>
   <si>
     <t>#14 Henry Brown - WR</t>
   </si>
   <si>
     <t>#75 Randy Bailey - LT</t>
   </si>
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#72 George Smith - C</t>
   </si>
   <si>
-    <t>#71 Ronnie Perkins - RG</t>
+    <t>#69 Ronnie Perkins - RG</t>
   </si>
   <si>
     <t>#50 Garry Doss - RT</t>
   </si>
   <si>
     <t>#74 Allen Constable - LDE</t>
   </si>
   <si>
     <t>#75 John Martin - DT</t>
   </si>
   <si>
     <t>#50 Ralph Barnes - SLB</t>
   </si>
   <si>
     <t>#35 Terry Watson - FS</t>
   </si>
   <si>
     <t>#23 Colin Brand - SS</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-PAT 44 (14:03) 12-Joe Bribem pass complete to 2-John Vallejo to NYJ 48 for 8 yards. Tackle by 56-Ralph Barnes.</t>
   </si>
   <si>
-    <t>#6 James Payne - WR</t>
+    <t>#80 James Payne - WR</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>NYJ 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-2-NYJ 48 (13:20) 19-Derrick Goff ran to NYJ 40 for 8 yards. Tackle by 35-Terry Watson.</t>
   </si>
   <si>
     <t>#43 David Fifield - FB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>NYJ 40</t>
   </si>