--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-John Smith kicks 65 yards from BUC 35 to ATL 0. 40-Robert Dalke to ATL 25 for 25 yards. Tackle by 49-Fredric Moser.</t>
   </si>
   <si>
     <t>#40 Robert Dalke - RB</t>
   </si>
   <si>
     <t>#30 Donald Wadsworth - SS</t>
   </si>
   <si>
     <t>#77 Marty McPhearson - DT</t>
   </si>
   <si>
     <t>#26 Ronald Swanson - CB</t>
   </si>
   <si>
     <t>#52 Daniel Blake - MLB</t>
   </si>
   <si>
     <t>#57 Juan Orme - WLB</t>
   </si>
   <si>
-    <t>#91 John Smith - WLB</t>
+    <t>#91 John Smith - MLB</t>
   </si>
   <si>
     <t>#65 James Boler - LDE</t>
   </si>
   <si>
     <t>#98 Roland Kugler - DT</t>
   </si>
   <si>
     <t>#97 Mark Painter - MLB</t>
   </si>
   <si>
     <t>#62 Larry Osborn - RDE</t>
   </si>
   <si>
     <t>#12 John Smith - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
@@ -380,93 +380,93 @@
   <si>
     <t>#72 Richard Rosenthal - LG</t>
   </si>
   <si>
     <t>#84 Robert Hurlburt - C</t>
   </si>
   <si>
     <t>#78 Michael Mack - LG</t>
   </si>
   <si>
     <t>#72 Robin Hurley - RT</t>
   </si>
   <si>
     <t>#69 Ellis Hewitt - LDE</t>
   </si>
   <si>
     <t>#90 James Stephan - DT</t>
   </si>
   <si>
     <t>#77 Jonathan Williams - DT</t>
   </si>
   <si>
     <t>#57 Jerry Larsen - RDE</t>
   </si>
   <si>
-    <t>#98 Michael Garcia - MLB</t>
+    <t>#98 Michael Garcia - SLB</t>
   </si>
   <si>
     <t>#54 John Ames - SLB</t>
   </si>
   <si>
     <t>#27 Frank Robinson - CB</t>
   </si>
   <si>
     <t>#43 Donald Conway - CB</t>
   </si>
   <si>
     <t>#28 Julio Garay - SS</t>
   </si>
   <si>
-    <t>#42 Dean Rivas - SS</t>
+    <t>#42 Dean Rivas - CB</t>
   </si>
   <si>
     <t>#25 Walter Loeffler - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>ATL 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-ATL 36 (14:19) 40-Robert Dalke ran to ATL 42 for 6 yards. Tackle by 98-Michael Garcia.</t>
   </si>
   <si>
     <t>#41 Dennis Deal - FB</t>
   </si>
   <si>
     <t>#87 Daniel England - TE</t>
   </si>
   <si>
-    <t>#65 Marc Watson - LDE</t>
+    <t>#91 Marc Watson - MLB</t>
   </si>
   <si>
     <t>#56 Richard Jones - SLB</t>
   </si>
   <si>
     <t>#22 Thomas Ramirez - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>ATL 42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-4-ATL 42 (13:39) 10-Tony Taylor pass complete to 86-Carl Blizzard to BUC 50 for 8 yards. Tackle by 22-Thomas Ramirez. 86-Carl Blizzard made a great move on the CB.</t>
   </si>
   <si>
     <t>#49 Fredric Moser - FS</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-BUC 48 (12:18) 15-Jose Carter punts 37 yards to BUC 11. 21-Chuck L. Butt to BUC 42 for 31 yards.</t>
   </si>
   <si>
     <t>#5 Jose Carter - P</t>
   </si>
   <si>
     <t>#71 Daniel Ryan - RT</t>
   </si>
   <si>
     <t>#36 Chuck L. Butt - RB</t>
   </si>
   <si>
     <t>#78 Harry Hernandez - RDE</t>
   </si>
   <si>
-    <t>#70 Kenny Cowan - DT</t>
+    <t>#69 Kenny Cowan - DT</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>BUC 42</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-BUC 42 (12:07) 19-Gregory Hill pass complete to 34-Christopher Barrios to ATL 43 for 15 yards. Tackle by 30-Donald Wadsworth.</t>
   </si>
   <si>
     <t>#19 Gregory Hill - QB</t>
   </si>
   <si>
     <t>#34 Christopher Barrios - RB</t>
   </si>
   <si>
     <t>#41 Fred Ogle - FB</t>
   </si>
@@ -695,54 +695,54 @@
   <si>
     <t>3-14-ATL 18 (9:11) 19-Gregory Hill pass complete to 14-Eric Babb for 18 yards. TOUCHDOWN! BUC 6 ATL 0</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:08) Extra point GOOD by 12-John Smith. BUC 7 ATL 0</t>
   </si>
   <si>
     <t>#72 Louis Eberle - RT</t>
   </si>
   <si>
     <t>#66 William Luong - RT</t>
   </si>
   <si>
-    <t>#59 Richard Osborne - RG</t>
-[...2 lines deleted...]
-    <t>#92 Timothy Key - WLB</t>
+    <t>#65 Richard Osborne - RG</t>
+  </si>
+  <si>
+    <t>#36 Timothy Key - FS</t>
   </si>
   <si>
     <t>#99 Parker Burkhart - LDE</t>
   </si>
   <si>
     <t>(9:08) 12-John Smith kicks 63 yards from BUC 35 to ATL 2. 40-Robert Dalke to ATL 23 for 22 yards. Tackle by 49-Fredric Moser.</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>ATL 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-ATL 23 (9:04) 10-Tony Taylor pass Pass knocked down by 27-Frank Robinson. incomplete, intended for 19-William Davis.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -767,51 +767,51 @@
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>2-10-ATL 35 (7:52) 10-Tony Taylor ran to ATL 43 for 8 yards. Tackle by 56-Richard Jones. ATL 70-Joe Torrez was injured on the play. He looks like he should be able to return. PENALTY - Offsides (BUC 57-Jerry Larsen)</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>ATL 40</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-5-ATL 40 (7:45) 47-David Grier ran to ATL 40 for a short loss. Tackle by 32-Patrick Hug.</t>
   </si>
   <si>
     <t>#13 William Mitchell - WR</t>
   </si>
   <si>
-    <t>#66 Anderson Chamberlin - LT</t>
+    <t>#64 Anderson Chamberlin - LT</t>
   </si>
   <si>
     <t>#32 Patrick Hug - WLB</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-5-ATL 40 (7:07) 10-Tony Taylor pass incomplete, dropped by 16-Harry Montoya. Pressure by 90-James Stephan.</t>
   </si>
   <si>
     <t>7:01</t>
   </si>
   <si>
     <t>4-5-ATL 40 (7:02) 15-Jose Carter punts 43 yards to BUC 18. Fair Catch by 21-Chuck L. Butt.</t>
   </si>
   <si>
     <t>#74 Efrain Vaughn - RT</t>
   </si>
@@ -971,54 +971,54 @@
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-ATL 26 (1:31) 19-Gregory Hill pass complete to 82-Richard Colon to ATL 20 for 7 yards. Tackle by 52-Daniel Blake. 82-Richard Colon did some fancy footwork there.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>ATL 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-3-ATL 20 (0:50) 40-George Quevedo ran to ATL 16 for 3 yards. Tackle by 59-Gordon Ladd. PENALTY - Unnecessary Roughness (ATL 59-Gordon Ladd)</t>
   </si>
   <si>
-    <t>#26 Richard Vogler - RB</t>
-[...2 lines deleted...]
-    <t>#88 James Partridge - TE</t>
+    <t>#29 Richard Vogler - RB</t>
+  </si>
+  <si>
+    <t>#67 James Partridge - C</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>ATL 8</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-8-ATL 8 (0:47) 21-Chuck L. Butt ran to ATL 7 for 1 yards. Tackle by 77-Marty McPhearson.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>ATL 7</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-7-ATL 7 (0:15) 21-Chuck L. Butt ran for 7 yards. TOUCHDOWN! BUC 13 ATL 0</t>
   </si>
@@ -1028,57 +1028,57 @@
   <si>
     <t>(0:11) Extra point GOOD by 12-John Smith. BUC 14 ATL 0</t>
   </si>
   <si>
     <t>(0:11) 12-John Smith kicks 69 yards from BUC 35 to ATL -4. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-ATL 25 (0:11) 10-Tony Taylor pass complete to 19-William Davis to BUC 8 for 67 yards. Tackle by 27-Frank Robinson.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>1-8-BUC 8 (15:00) 47-David Grier ran to BUC 5 for 3 yards. Tackle by 98-Michael Garcia.</t>
   </si>
   <si>
-    <t>#74 Franklin Strickland - LG</t>
+    <t>#50 Franklin Strickland - LG</t>
   </si>
   <si>
     <t>#99 Herbert Barrington - DT</t>
   </si>
   <si>
-    <t>#58 John Wendling - WLB</t>
+    <t>#97 John Wendling - WLB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>BUC 5</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-5-BUC 5 (14:15) 47-David Grier ran for 5 yards. TOUCHDOWN! BUC 14 ATL 6</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>BUC 15</t>
   </si>
   <si>
     <t>(14:12) Extra point GOOD by 7-Larry Perry. BUC 14 ATL 7</t>
   </si>
@@ -2296,51 +2296,51 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>