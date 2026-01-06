--- v1 (2025-11-05)
+++ v2 (2026-01-06)
@@ -359,78 +359,78 @@
   <si>
     <t>#10 Tony Taylor - QB</t>
   </si>
   <si>
     <t>#47 David Grier - RB</t>
   </si>
   <si>
     <t>#83 Manuel Rolland - TE</t>
   </si>
   <si>
     <t>#17 William Davis - WR</t>
   </si>
   <si>
     <t>#16 Harry Montoya - WR</t>
   </si>
   <si>
     <t>#86 Carl Blizzard - WR</t>
   </si>
   <si>
     <t>#70 Joe Torrez - LT</t>
   </si>
   <si>
     <t>#72 Richard Rosenthal - LG</t>
   </si>
   <si>
-    <t>#84 Robert Hurlburt - C</t>
+    <t>#77 Robert Hurlburt - C</t>
   </si>
   <si>
     <t>#78 Michael Mack - LG</t>
   </si>
   <si>
     <t>#72 Robin Hurley - RT</t>
   </si>
   <si>
     <t>#69 Ellis Hewitt - LDE</t>
   </si>
   <si>
     <t>#90 James Stephan - DT</t>
   </si>
   <si>
     <t>#77 Jonathan Williams - DT</t>
   </si>
   <si>
     <t>#57 Jerry Larsen - RDE</t>
   </si>
   <si>
     <t>#98 Michael Garcia - SLB</t>
   </si>
   <si>
-    <t>#54 John Ames - SLB</t>
-[...2 lines deleted...]
-    <t>#27 Frank Robinson - CB</t>
+    <t>#54 John Ames - WLB</t>
+  </si>
+  <si>
+    <t>#23 Frank Robinson - CB</t>
   </si>
   <si>
     <t>#43 Donald Conway - CB</t>
   </si>
   <si>
     <t>#28 Julio Garay - SS</t>
   </si>
   <si>
     <t>#42 Dean Rivas - CB</t>
   </si>
   <si>
     <t>#25 Walter Loeffler - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>ATL 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-ATL 13 (9:57) 19-Gregory Hill pass incomplete, intended for 14-Eric Babb.</t>
   </si>
   <si>
     <t>#13 Chris Jones - WR</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-ATL 13 (9:53) 34-Christopher Barrios ran to ATL 13 for 1 yards. Tackle by 93-Jonathan Coleman.</t>
   </si>
   <si>
-    <t>#77 Jonathan Coleman - DT</t>
+    <t>#63 Jonathan Coleman - DT</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>3-9-ATL 13 (9:11) PENALTY - False Start (BUC 64-Salvador Massey)</t>
   </si>
   <si>
     <t>#78 Richard Colon - RT</t>
   </si>
   <si>
     <t>#91 Thomas Dawson - LDE</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>ATL 18</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -767,51 +767,51 @@
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>2-10-ATL 35 (7:52) 10-Tony Taylor ran to ATL 43 for 8 yards. Tackle by 56-Richard Jones. ATL 70-Joe Torrez was injured on the play. He looks like he should be able to return. PENALTY - Offsides (BUC 57-Jerry Larsen)</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>ATL 40</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-5-ATL 40 (7:45) 47-David Grier ran to ATL 40 for a short loss. Tackle by 32-Patrick Hug.</t>
   </si>
   <si>
     <t>#13 William Mitchell - WR</t>
   </si>
   <si>
-    <t>#64 Anderson Chamberlin - LT</t>
+    <t>#64 Anderson Chamberlin - LG</t>
   </si>
   <si>
     <t>#32 Patrick Hug - WLB</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-5-ATL 40 (7:07) 10-Tony Taylor pass incomplete, dropped by 16-Harry Montoya. Pressure by 90-James Stephan.</t>
   </si>
   <si>
     <t>7:01</t>
   </si>
   <si>
     <t>4-5-ATL 40 (7:02) 15-Jose Carter punts 43 yards to BUC 18. Fair Catch by 21-Chuck L. Butt.</t>
   </si>
   <si>
     <t>#74 Efrain Vaughn - RT</t>
   </si>
@@ -974,51 +974,51 @@
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-ATL 26 (1:31) 19-Gregory Hill pass complete to 82-Richard Colon to ATL 20 for 7 yards. Tackle by 52-Daniel Blake. 82-Richard Colon did some fancy footwork there.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>ATL 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-3-ATL 20 (0:50) 40-George Quevedo ran to ATL 16 for 3 yards. Tackle by 59-Gordon Ladd. PENALTY - Unnecessary Roughness (ATL 59-Gordon Ladd)</t>
   </si>
   <si>
     <t>#29 Richard Vogler - RB</t>
   </si>
   <si>
-    <t>#67 James Partridge - C</t>
+    <t>#33 James Partridge - WR</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>ATL 8</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-8-ATL 8 (0:47) 21-Chuck L. Butt ran to ATL 7 for 1 yards. Tackle by 77-Marty McPhearson.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>ATL 7</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-7-ATL 7 (0:15) 21-Chuck L. Butt ran for 7 yards. TOUCHDOWN! BUC 13 ATL 0</t>
   </si>
@@ -2296,51 +2296,51 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>