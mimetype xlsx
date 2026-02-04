--- v2 (2026-01-06)
+++ v3 (2026-02-04)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ATL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BUC</t>
   </si>
   <si>
     <t>BUC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-John Smith kicks 65 yards from BUC 35 to ATL 0. 40-Robert Dalke to ATL 25 for 25 yards. Tackle by 49-Fredric Moser.</t>
   </si>
   <si>
     <t>#40 Robert Dalke - RB</t>
   </si>
   <si>
-    <t>#30 Donald Wadsworth - SS</t>
+    <t>#30 Donald Wadsworth - CB</t>
   </si>
   <si>
     <t>#77 Marty McPhearson - DT</t>
   </si>
   <si>
     <t>#26 Ronald Swanson - CB</t>
   </si>
   <si>
     <t>#52 Daniel Blake - MLB</t>
   </si>
   <si>
     <t>#57 Juan Orme - WLB</t>
   </si>
   <si>
     <t>#91 John Smith - MLB</t>
   </si>
   <si>
     <t>#65 James Boler - LDE</t>
   </si>
   <si>
     <t>#98 Roland Kugler - DT</t>
   </si>
   <si>
     <t>#97 Mark Painter - MLB</t>
   </si>
@@ -362,84 +362,84 @@
   <si>
     <t>#47 David Grier - RB</t>
   </si>
   <si>
     <t>#83 Manuel Rolland - TE</t>
   </si>
   <si>
     <t>#17 William Davis - WR</t>
   </si>
   <si>
     <t>#16 Harry Montoya - WR</t>
   </si>
   <si>
     <t>#86 Carl Blizzard - WR</t>
   </si>
   <si>
     <t>#70 Joe Torrez - LT</t>
   </si>
   <si>
     <t>#72 Richard Rosenthal - LG</t>
   </si>
   <si>
     <t>#77 Robert Hurlburt - C</t>
   </si>
   <si>
-    <t>#78 Michael Mack - LG</t>
+    <t>#78 Michael Mack - RG</t>
   </si>
   <si>
     <t>#72 Robin Hurley - RT</t>
   </si>
   <si>
     <t>#69 Ellis Hewitt - LDE</t>
   </si>
   <si>
     <t>#90 James Stephan - DT</t>
   </si>
   <si>
     <t>#77 Jonathan Williams - DT</t>
   </si>
   <si>
     <t>#57 Jerry Larsen - RDE</t>
   </si>
   <si>
     <t>#98 Michael Garcia - SLB</t>
   </si>
   <si>
     <t>#54 John Ames - WLB</t>
   </si>
   <si>
     <t>#23 Frank Robinson - CB</t>
   </si>
   <si>
     <t>#43 Donald Conway - CB</t>
   </si>
   <si>
     <t>#28 Julio Garay - SS</t>
   </si>
   <si>
-    <t>#42 Dean Rivas - CB</t>
+    <t>#35 Dean Rivas - SS</t>
   </si>
   <si>
     <t>#25 Walter Loeffler - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>ATL 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-ATL 36 (14:19) 40-Robert Dalke ran to ATL 42 for 6 yards. Tackle by 98-Michael Garcia.</t>
   </si>
   <si>
     <t>#41 Dennis Deal - FB</t>
   </si>
   <si>
     <t>#87 Daniel England - TE</t>
   </si>
@@ -542,75 +542,75 @@
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>BUC 42</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-BUC 42 (12:07) 19-Gregory Hill pass complete to 34-Christopher Barrios to ATL 43 for 15 yards. Tackle by 30-Donald Wadsworth.</t>
   </si>
   <si>
     <t>#19 Gregory Hill - QB</t>
   </si>
   <si>
     <t>#34 Christopher Barrios - RB</t>
   </si>
   <si>
     <t>#41 Fred Ogle - FB</t>
   </si>
   <si>
-    <t>#80 James White - TE</t>
+    <t>#81 James White - TE</t>
   </si>
   <si>
     <t>#86 James Acevedo - WR</t>
   </si>
   <si>
     <t>#14 Eric Babb - WR</t>
   </si>
   <si>
     <t>#53 Rusty Hurley - LT</t>
   </si>
   <si>
     <t>#75 John Thomas - LG</t>
   </si>
   <si>
     <t>#78 Anthony Colon - C</t>
   </si>
   <si>
     <t>#64 Salvador Massey - RG</t>
   </si>
   <si>
     <t>#61 Luther Dugan - RT</t>
   </si>
   <si>
-    <t>#90 Edward Coleman - RDE</t>
+    <t>#90 Edward Coleman - LDE</t>
   </si>
   <si>
     <t>#59 Gordon Ladd - SLB</t>
   </si>
   <si>
     <t>#36 Randy Hernandez - CB</t>
   </si>
   <si>
     <t>#35 Erik Brown - FS</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>ATL 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 43 (11:24) 40-George Quevedo ran to ATL 42 for a short gain. 40-George Quevedo FUMBLES (57-Juan Orme) recovered by BUC-41-Fred Ogle at ATL 47. Tackle by 59-Gordon Ladd.</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:08) Extra point GOOD by 12-John Smith. BUC 7 ATL 0</t>
   </si>
   <si>
     <t>#72 Louis Eberle - RT</t>
   </si>
   <si>
     <t>#66 William Luong - RT</t>
   </si>
   <si>
     <t>#65 Richard Osborne - RG</t>
   </si>
   <si>
-    <t>#36 Timothy Key - FS</t>
+    <t>#36 Timothy Key - SLB</t>
   </si>
   <si>
     <t>#99 Parker Burkhart - LDE</t>
   </si>
   <si>
     <t>(9:08) 12-John Smith kicks 63 yards from BUC 35 to ATL 2. 40-Robert Dalke to ATL 23 for 22 yards. Tackle by 49-Fredric Moser.</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>ATL 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-ATL 23 (9:04) 10-Tony Taylor pass Pass knocked down by 27-Frank Robinson. incomplete, intended for 19-William Davis.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>