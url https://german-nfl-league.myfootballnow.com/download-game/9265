--- v3 (2026-02-04)
+++ v4 (2026-03-16)
@@ -575,51 +575,51 @@
   <si>
     <t>#53 Rusty Hurley - LT</t>
   </si>
   <si>
     <t>#75 John Thomas - LG</t>
   </si>
   <si>
     <t>#78 Anthony Colon - C</t>
   </si>
   <si>
     <t>#64 Salvador Massey - RG</t>
   </si>
   <si>
     <t>#61 Luther Dugan - RT</t>
   </si>
   <si>
     <t>#90 Edward Coleman - LDE</t>
   </si>
   <si>
     <t>#59 Gordon Ladd - SLB</t>
   </si>
   <si>
     <t>#36 Randy Hernandez - CB</t>
   </si>
   <si>
-    <t>#35 Erik Brown - FS</t>
+    <t>#42 Erik Brown - FS</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>ATL 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 43 (11:24) 40-George Quevedo ran to ATL 42 for a short gain. 40-George Quevedo FUMBLES (57-Juan Orme) recovered by BUC-41-Fred Ogle at ATL 47. Tackle by 59-Gordon Ladd.</t>
   </si>
   <si>
     <t>#40 George Quevedo - RB</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>ATL 47</t>
   </si>
@@ -974,51 +974,51 @@
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-ATL 26 (1:31) 19-Gregory Hill pass complete to 82-Richard Colon to ATL 20 for 7 yards. Tackle by 52-Daniel Blake. 82-Richard Colon did some fancy footwork there.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>ATL 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-3-ATL 20 (0:50) 40-George Quevedo ran to ATL 16 for 3 yards. Tackle by 59-Gordon Ladd. PENALTY - Unnecessary Roughness (ATL 59-Gordon Ladd)</t>
   </si>
   <si>
     <t>#29 Richard Vogler - RB</t>
   </si>
   <si>
-    <t>#33 James Partridge - WR</t>
+    <t>#33 James Partridge - FB</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>ATL 8</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-8-ATL 8 (0:47) 21-Chuck L. Butt ran to ATL 7 for 1 yards. Tackle by 77-Marty McPhearson.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>ATL 7</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-7-ATL 7 (0:15) 21-Chuck L. Butt ran for 7 yards. TOUCHDOWN! BUC 13 ATL 0</t>
   </si>