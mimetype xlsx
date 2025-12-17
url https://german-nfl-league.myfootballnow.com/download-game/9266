--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -341,120 +341,120 @@
   <si>
     <t>NYG</t>
   </si>
   <si>
     <t>NYG 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYG 25 (15:00) 35-Lane Maddox ran to NYG 24 for -1 yards. Tackle by 50-Jason Moore.</t>
   </si>
   <si>
     <t>#5 C.J. Stroud - QB</t>
   </si>
   <si>
     <t>#35 Lane Maddox - RB</t>
   </si>
   <si>
     <t>#45 Joe Willoughby - FB</t>
   </si>
   <si>
-    <t>#81 Adam Chandler - TE</t>
+    <t>#87 Adam Chandler - TE</t>
   </si>
   <si>
     <t>#13 Adam Langer - WR</t>
   </si>
   <si>
     <t>#73 Evan Neal - LG</t>
   </si>
   <si>
     <t>#70 Beau Brummel - LT</t>
   </si>
   <si>
     <t>#60 Donald Cargill - C</t>
   </si>
   <si>
     <t>#64 Ruben Alston - RG</t>
   </si>
   <si>
     <t>#50 Thomas Harty - RG</t>
   </si>
   <si>
     <t>#93 Donald Bartos - LDE</t>
   </si>
   <si>
     <t>#63 William Benites - DT</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
-    <t>#94 Shelton Berg - DT</t>
+    <t>#94 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>#50 Jason Moore - MLB</t>
   </si>
   <si>
-    <t>#98 Herschel King - WLB</t>
+    <t>#98 Herschel King - SLB</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#23 Jack Kirkwood - CB</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
     <t>#20 James Witkowski - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NYG 24</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-NYG 24 (14:19) 35-Lane Maddox ran to NYG 36 for 11 yards. Tackle by 39-Jasper Landers.</t>
   </si>
   <si>
-    <t>#25 William Morrison - CB</t>
+    <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NYG 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NYG 36 (13:35) 33-Travis Bickle ran to NYG 38 for 3 yards. Tackle by 50-Jason Moore.</t>
   </si>
   <si>
     <t>#33 Travis Bickle - RB</t>
   </si>
   <si>
     <t>#83 Jeffrey Knudson - WR</t>
   </si>
   <si>
     <t>#17 David Hearn - WR</t>
   </si>
@@ -533,132 +533,132 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-DET 39 (10:59) 2-John Avery punts 44 yards to DET -4.4-1-DET 39 (10:59) 2-John Avery punts 44 yards to DET -4. Touchback.</t>
   </si>
   <si>
     <t>#2 John Avery - P</t>
   </si>
   <si>
     <t>#69 Kyle Keenbow - C</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>#36 William Soto - CB</t>
   </si>
   <si>
     <t>#78 Andrew Thomas - RT</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
-    <t>#99 David Lachance - C</t>
+    <t>#77 David Lachance - LDE</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>DET 20</t>
   </si>
   <si>
     <t>Singleback Normal Hitch Corner</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DET 20 (10:51) 10-Mark Osborne pass complete to 87-Donald Hogg to DET 23 for 3 yards. Tackle by 22-Dean Day. Great move by 87-Donald Hogg to get free of his coverage.</t>
   </si>
   <si>
     <t>#10 Mark Osborne - QB</t>
   </si>
   <si>
     <t>#85 Shannon Dougherty - TE</t>
   </si>
   <si>
-    <t>#32 Charles Ross - RB</t>
+    <t>#30 Charles Ross - RB</t>
   </si>
   <si>
     <t>#88 Kyle Chaires - WR</t>
   </si>
   <si>
     <t>#10 Donald Hogg - WR</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
-    <t>#78 Richard Abner - RG</t>
+    <t>#65 Richard Abner - RG</t>
   </si>
   <si>
     <t>#62 Michael Daniel - RT</t>
   </si>
   <si>
     <t>#61 John Larsen - DT</t>
   </si>
   <si>
     <t>#77 Ryan Nord - DT</t>
   </si>
   <si>
-    <t>#90 Doyle Ochs - RDE</t>
+    <t>#63 Doyle Ochs - RDE</t>
   </si>
   <si>
     <t>#59 Armando Lockhart - WLB</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>DET 23</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-7-DET 23 (10:11) 10-Mark Osborne ran to DET 43 for 20 yards. 10-Mark Osborne slides to avoid being hit.</t>
   </si>
   <si>
     <t>#86 Mack Pollard - FB</t>
   </si>
   <si>
     <t>#44 Christopher Mills - FB</t>
   </si>
   <si>
-    <t>#96 Louis Blair - LDE</t>
+    <t>#55 Louis Blair - SLB</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>DET 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DET 43 (9:33) 48-Shawn Frye ran to NYG 45 for 12 yards. Tackle by 25-Deon Banks.</t>
   </si>
   <si>
     <t>#48 Shawn Frye - RB</t>
   </si>
   <si>
     <t>#81 Robert Averill - WR</t>
   </si>
   <si>
     <t>#23 Robert Jones - CB</t>
   </si>
@@ -725,51 +725,51 @@
   <si>
     <t>NYG 26</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-NYG 26 (6:12) 6-Ricardo Cain 43 yard field goal is GOOD. DET 3 NYG 0</t>
   </si>
   <si>
     <t>#61 Jerome Demartini - C</t>
   </si>
   <si>
     <t>#75 James East - C</t>
   </si>
   <si>
     <t>#73 Dwayne Weir - RG</t>
   </si>
   <si>
     <t>#98 William Magill - RDE</t>
   </si>
   <si>
-    <t>#57 David McDonald - WLB</t>
+    <t>#54 David McDonald - MLB</t>
   </si>
   <si>
     <t>#93 Alfred Lane - DT</t>
   </si>
   <si>
     <t>6:08</t>
   </si>
   <si>
     <t>(6:09) 6-Ricardo Cain kicks 75 yards from DET 35 to NYG -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-NYG 25 (6:09) 35-Lane Maddox ran to NYG 39 for 14 yards. Tackle by 39-Jasper Landers. DET 93-Donald Bartos was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>NYG 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -2118,88 +2118,88 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="271.22" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">