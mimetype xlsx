--- v1 (2025-12-17)
+++ v2 (2026-01-07)
@@ -347,96 +347,96 @@
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYG 25 (15:00) 35-Lane Maddox ran to NYG 24 for -1 yards. Tackle by 50-Jason Moore.</t>
   </si>
   <si>
     <t>#5 C.J. Stroud - QB</t>
   </si>
   <si>
     <t>#35 Lane Maddox - RB</t>
   </si>
   <si>
     <t>#45 Joe Willoughby - FB</t>
   </si>
   <si>
     <t>#87 Adam Chandler - TE</t>
   </si>
   <si>
     <t>#13 Adam Langer - WR</t>
   </si>
   <si>
-    <t>#73 Evan Neal - LG</t>
+    <t>#78 Evan Neal - LG</t>
   </si>
   <si>
     <t>#70 Beau Brummel - LT</t>
   </si>
   <si>
     <t>#60 Donald Cargill - C</t>
   </si>
   <si>
     <t>#64 Ruben Alston - RG</t>
   </si>
   <si>
     <t>#50 Thomas Harty - RG</t>
   </si>
   <si>
     <t>#93 Donald Bartos - LDE</t>
   </si>
   <si>
     <t>#63 William Benites - DT</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
     <t>#94 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>#50 Jason Moore - MLB</t>
   </si>
   <si>
     <t>#98 Herschel King - SLB</t>
   </si>
   <si>
-    <t>#26 Tony Davis - CB</t>
+    <t>#26 Tony Davis - WLB</t>
   </si>
   <si>
     <t>#23 Jack Kirkwood - CB</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
-    <t>#20 James Witkowski - FS</t>
+    <t>#20 James Witkowski - LDE</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NYG 24</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-NYG 24 (14:19) 35-Lane Maddox ran to NYG 36 for 11 yards. Tackle by 39-Jasper Landers.</t>
   </si>
   <si>
     <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NYG 36</t>
   </si>
@@ -2128,59 +2128,59 @@
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>