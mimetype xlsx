--- v2 (2026-01-07)
+++ v3 (2026-02-04)
@@ -281,162 +281,162 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NYG has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Ricardo Cain kicks 75 yards from DET 35 to NYG -10. Touchback.</t>
   </si>
   <si>
-    <t>#1 Malik Nabers - WR</t>
+    <t>#80 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#39 Wilbur Letts - CB</t>
   </si>
   <si>
     <t>#55 Lance Lane - SLB</t>
   </si>
   <si>
     <t>#25 Deon Banks - CB</t>
   </si>
   <si>
-    <t>#53 Steven Bland - MLB</t>
+    <t>#92 Steven Bland - MLB</t>
   </si>
   <si>
     <t>#22 Dean Day - CB</t>
   </si>
   <si>
     <t>#52 Kyle Bailey - MLB</t>
   </si>
   <si>
     <t>#41 Johnny Flint - FS</t>
   </si>
   <si>
     <t>#47 Joseph Gay - SS</t>
   </si>
   <si>
     <t>#21 Floyd Smallwood - CB</t>
   </si>
   <si>
     <t>#95 Peter Isabel - RDE</t>
   </si>
   <si>
     <t>#6 Ricardo Cain - K</t>
   </si>
   <si>
     <t>NYG</t>
   </si>
   <si>
     <t>NYG 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYG 25 (15:00) 35-Lane Maddox ran to NYG 24 for -1 yards. Tackle by 50-Jason Moore.</t>
   </si>
   <si>
-    <t>#5 C.J. Stroud - QB</t>
+    <t>#10 C.J. Stroud - QB</t>
   </si>
   <si>
     <t>#35 Lane Maddox - RB</t>
   </si>
   <si>
     <t>#45 Joe Willoughby - FB</t>
   </si>
   <si>
     <t>#87 Adam Chandler - TE</t>
   </si>
   <si>
     <t>#13 Adam Langer - WR</t>
   </si>
   <si>
     <t>#78 Evan Neal - LG</t>
   </si>
   <si>
     <t>#70 Beau Brummel - LT</t>
   </si>
   <si>
     <t>#60 Donald Cargill - C</t>
   </si>
   <si>
     <t>#64 Ruben Alston - RG</t>
   </si>
   <si>
     <t>#50 Thomas Harty - RG</t>
   </si>
   <si>
-    <t>#93 Donald Bartos - LDE</t>
+    <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#63 William Benites - DT</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
-    <t>#94 Shelton Berg - MLB</t>
+    <t>#59 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>#50 Jason Moore - MLB</t>
   </si>
   <si>
     <t>#98 Herschel King - SLB</t>
   </si>
   <si>
-    <t>#26 Tony Davis - WLB</t>
+    <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#23 Jack Kirkwood - CB</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
-    <t>#20 James Witkowski - LDE</t>
+    <t>#20 James Witkowski - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NYG 24</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-NYG 24 (14:19) 35-Lane Maddox ran to NYG 36 for 11 yards. Tackle by 39-Jasper Landers.</t>
   </si>
   <si>
     <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NYG 36</t>
   </si>
@@ -527,159 +527,159 @@
   <si>
     <t>DET 39</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-DET 39 (10:59) 2-John Avery punts 44 yards to DET -4.4-1-DET 39 (10:59) 2-John Avery punts 44 yards to DET -4. Touchback.</t>
   </si>
   <si>
     <t>#2 John Avery - P</t>
   </si>
   <si>
     <t>#69 Kyle Keenbow - C</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>#36 William Soto - CB</t>
   </si>
   <si>
-    <t>#78 Andrew Thomas - RT</t>
+    <t>#72 Andrew Thomas - RT</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
-    <t>#77 David Lachance - LDE</t>
+    <t>#40 David Lachance - SS</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>DET 20</t>
   </si>
   <si>
     <t>Singleback Normal Hitch Corner</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DET 20 (10:51) 10-Mark Osborne pass complete to 87-Donald Hogg to DET 23 for 3 yards. Tackle by 22-Dean Day. Great move by 87-Donald Hogg to get free of his coverage.</t>
   </si>
   <si>
     <t>#10 Mark Osborne - QB</t>
   </si>
   <si>
     <t>#85 Shannon Dougherty - TE</t>
   </si>
   <si>
     <t>#30 Charles Ross - RB</t>
   </si>
   <si>
     <t>#88 Kyle Chaires - WR</t>
   </si>
   <si>
     <t>#10 Donald Hogg - WR</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
     <t>#65 Richard Abner - RG</t>
   </si>
   <si>
-    <t>#62 Michael Daniel - RT</t>
+    <t>#50 Michael Daniel - RT</t>
   </si>
   <si>
     <t>#61 John Larsen - DT</t>
   </si>
   <si>
     <t>#77 Ryan Nord - DT</t>
   </si>
   <si>
-    <t>#63 Doyle Ochs - RDE</t>
+    <t>#76 Doyle Ochs - RDE</t>
   </si>
   <si>
     <t>#59 Armando Lockhart - WLB</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>DET 23</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-7-DET 23 (10:11) 10-Mark Osborne ran to DET 43 for 20 yards. 10-Mark Osborne slides to avoid being hit.</t>
   </si>
   <si>
     <t>#86 Mack Pollard - FB</t>
   </si>
   <si>
     <t>#44 Christopher Mills - FB</t>
   </si>
   <si>
     <t>#55 Louis Blair - SLB</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>DET 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DET 43 (9:33) 48-Shawn Frye ran to NYG 45 for 12 yards. Tackle by 25-Deon Banks.</t>
   </si>
   <si>
     <t>#48 Shawn Frye - RB</t>
   </si>
   <si>
-    <t>#81 Robert Averill - WR</t>
+    <t>#15 Robert Averill - WR</t>
   </si>
   <si>
     <t>#23 Robert Jones - CB</t>
   </si>
   <si>
     <t>#26 Richard Boyd - FS</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>NYG 45</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYG 45 (8:57) 28-Larry Ball ran to NYG 35 for 10 yards. Tackle by 41-Johnny Flint.</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
@@ -1127,51 +1127,51 @@
   <si>
     <t>4-5-NYG 25 (0:41) 2-John Avery punts 44 yards to DET 31. Fair Catch by 28-Larry Ball.</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>DET 31</t>
   </si>
   <si>
     <t>1-10-DET 31 (0:35) 28-Larry Ball ran to DET 32 for a short gain. Tackle by 55-Lance Lane.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Robert Martinelli kicks 75 yards from NYG 35 to DET -10. 48-Shawn Frye to DET 20 for 30 yards. Tackle by 53-Steven Bland.</t>
   </si>
   <si>
     <t>#92 George Cook - MLB</t>
   </si>
   <si>
-    <t>#45 Richard Gonzales - SS</t>
+    <t>#21 Richard Gonzales - SS</t>
   </si>
   <si>
     <t>#3 Robert Martinelli - K</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>1-10-DET 20 (14:56) 28-Larry Ball ran to DET 21 for a short gain. Tackle by 90-Doyle Ochs.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>DET 21</t>
   </si>
   <si>
     <t>2-10-DET 21 (14:11) 28-Larry Ball ran to DET 22 for 1 yards. Tackle by 53-Steven Bland.</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>DET 22</t>
   </si>
@@ -2128,78 +2128,78 @@
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">