--- v3 (2026-02-04)
+++ v4 (2026-03-18)
@@ -299,102 +299,102 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Ricardo Cain kicks 75 yards from DET 35 to NYG -10. Touchback.</t>
   </si>
   <si>
     <t>#80 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#39 Wilbur Letts - CB</t>
   </si>
   <si>
     <t>#55 Lance Lane - SLB</t>
   </si>
   <si>
     <t>#25 Deon Banks - CB</t>
   </si>
   <si>
     <t>#92 Steven Bland - MLB</t>
   </si>
   <si>
     <t>#22 Dean Day - CB</t>
   </si>
   <si>
-    <t>#52 Kyle Bailey - MLB</t>
+    <t>#96 Kyle Bailey - MLB</t>
   </si>
   <si>
     <t>#41 Johnny Flint - FS</t>
   </si>
   <si>
     <t>#47 Joseph Gay - SS</t>
   </si>
   <si>
     <t>#21 Floyd Smallwood - CB</t>
   </si>
   <si>
     <t>#95 Peter Isabel - RDE</t>
   </si>
   <si>
     <t>#6 Ricardo Cain - K</t>
   </si>
   <si>
     <t>NYG</t>
   </si>
   <si>
     <t>NYG 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYG 25 (15:00) 35-Lane Maddox ran to NYG 24 for -1 yards. Tackle by 50-Jason Moore.</t>
   </si>
   <si>
     <t>#10 C.J. Stroud - QB</t>
   </si>
   <si>
     <t>#35 Lane Maddox - RB</t>
   </si>
   <si>
     <t>#45 Joe Willoughby - FB</t>
   </si>
   <si>
     <t>#87 Adam Chandler - TE</t>
   </si>
   <si>
     <t>#13 Adam Langer - WR</t>
   </si>
   <si>
     <t>#78 Evan Neal - LG</t>
   </si>
   <si>
-    <t>#70 Beau Brummel - LT</t>
+    <t>#75 Beau Brummel - LT</t>
   </si>
   <si>
     <t>#60 Donald Cargill - C</t>
   </si>
   <si>
     <t>#64 Ruben Alston - RG</t>
   </si>
   <si>
     <t>#50 Thomas Harty - RG</t>
   </si>
   <si>
     <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#63 William Benites - DT</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
     <t>#59 Shelton Berg - MLB</t>
   </si>