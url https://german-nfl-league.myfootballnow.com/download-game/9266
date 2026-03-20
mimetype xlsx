--- v4 (2026-03-18)
+++ v5 (2026-03-20)
@@ -371,51 +371,51 @@
   <si>
     <t>#78 Evan Neal - LG</t>
   </si>
   <si>
     <t>#75 Beau Brummel - LT</t>
   </si>
   <si>
     <t>#60 Donald Cargill - C</t>
   </si>
   <si>
     <t>#64 Ruben Alston - RG</t>
   </si>
   <si>
     <t>#50 Thomas Harty - RG</t>
   </si>
   <si>
     <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#63 William Benites - DT</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
-    <t>#67 Brian Norton - RDE</t>
+    <t>#67 Brian Norton - DT</t>
   </si>
   <si>
     <t>#59 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>#50 Jason Moore - MLB</t>
   </si>
   <si>
     <t>#98 Herschel King - SLB</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#23 Jack Kirkwood - CB</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
     <t>#20 James Witkowski - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
@@ -1127,51 +1127,51 @@
   <si>
     <t>4-5-NYG 25 (0:41) 2-John Avery punts 44 yards to DET 31. Fair Catch by 28-Larry Ball.</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>DET 31</t>
   </si>
   <si>
     <t>1-10-DET 31 (0:35) 28-Larry Ball ran to DET 32 for a short gain. Tackle by 55-Lance Lane.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Robert Martinelli kicks 75 yards from NYG 35 to DET -10. 48-Shawn Frye to DET 20 for 30 yards. Tackle by 53-Steven Bland.</t>
   </si>
   <si>
     <t>#92 George Cook - MLB</t>
   </si>
   <si>
-    <t>#21 Richard Gonzales - SS</t>
+    <t>#21 Richard Gonzales - CB</t>
   </si>
   <si>
     <t>#3 Robert Martinelli - K</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>1-10-DET 20 (14:56) 28-Larry Ball ran to DET 21 for a short gain. Tackle by 90-Doyle Ochs.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>DET 21</t>
   </si>
   <si>
     <t>2-10-DET 21 (14:11) 28-Larry Ball ran to DET 22 for 1 yards. Tackle by 53-Steven Bland.</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>DET 22</t>
   </si>