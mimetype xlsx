--- v0 (2025-10-21)
+++ v1 (2025-12-01)
@@ -311,51 +311,51 @@
   <si>
     <t>#38 Christopher Craig - FS</t>
   </si>
   <si>
     <t>#97 Irwin Brace - MLB</t>
   </si>
   <si>
     <t>#97 Dennis Garza - DT</t>
   </si>
   <si>
     <t>#32 Daniel Shepard - SS</t>
   </si>
   <si>
     <t>#39 Alexander Perez - FS</t>
   </si>
   <si>
     <t>#96 Terry Durst - SLB</t>
   </si>
   <si>
     <t>#34 Kenneth Olson - CB</t>
   </si>
   <si>
     <t>#61 Michael Clay - RDE</t>
   </si>
   <si>
-    <t>#70 Raymond Ton - DT</t>
+    <t>#92 Raymond Ton - LDE</t>
   </si>
   <si>
     <t>#8 Ramon Jones - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 22-Peter Johannes ran to WAS 25 for a short gain. Tackle by 59-Eric Yamashita.</t>
   </si>
   <si>
     <t>#9 Eric Becher - QB</t>
   </si>
   <si>
     <t>#22 Peter Johannes - RB</t>
   </si>
@@ -386,84 +386,84 @@
   <si>
     <t>#75 Fred Harwood - RT</t>
   </si>
   <si>
     <t>#76 David Foster - LDE</t>
   </si>
   <si>
     <t>#99 Lyle Bustos - DT</t>
   </si>
   <si>
     <t>#90 Edwin Cody - DT</t>
   </si>
   <si>
     <t>#54 Hal Lewis - RDE</t>
   </si>
   <si>
     <t>#51 Gerald Salazar - WLB</t>
   </si>
   <si>
     <t>#59 Eric Yamashita - MLB</t>
   </si>
   <si>
     <t>#36 Daniel Erickson - CB</t>
   </si>
   <si>
-    <t>#32 Lowell Perkins - SS</t>
+    <t>#28 Lowell Perkins - SS</t>
   </si>
   <si>
     <t>#47 Deon Houston - SS</t>
   </si>
   <si>
-    <t>#38 Sterling Barnhart - SS</t>
-[...2 lines deleted...]
-    <t>#39 Wayne Sullivan - SS</t>
+    <t>#35 Sterling Barnhart - SS</t>
+  </si>
+  <si>
+    <t>#48 Wayne Sullivan - SS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-WAS 25 (14:25) 9-Eric Becher pass complete to 46-Bret Tittle to WAS 29 for 4 yards. Tackle by 20-Lowell Perkins.</t>
   </si>
   <si>
     <t>#46 Bret Tittle - FB</t>
   </si>
   <si>
-    <t>#85 Michael Moody - TE</t>
+    <t>#85 Michael Moody - RT</t>
   </si>
   <si>
     <t>#53 Rick Wilhoite - SLB</t>
   </si>
   <si>
-    <t>#59 Robert Chamberlain - WLB</t>
+    <t>#91 Robert Chamberlain - LDE</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>WAS 29</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-WAS 29 (13:41) 9-Eric Becher pass complete to 81-Stanley Wood to WAS 41 for 12 yards. Tackle by 59-Eric Yamashita.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>WAS 41</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:43) Extra point GOOD by 8-Ramon Jones. LAR 7 WAS 0</t>
   </si>
   <si>
     <t>#77 Patrick Clausen - TE</t>
   </si>
   <si>
     <t>#10 Paul Calderon - RB</t>
   </si>
   <si>
     <t>#91 Rickey Lewis - MLB</t>
   </si>
   <si>
-    <t>#90 Herbert Morin - SLB</t>
+    <t>#57 Herbert Morin - WLB</t>
   </si>
   <si>
     <t>(8:43) 8-Ramon Jones kicks 75 yards from LAR 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (8:43) 9-Eric Becher pass complete to 19-Johnny Cruz to WAS 31 for 6 yards. Tackle by 36-Daniel Erickson.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-WAS 46 (5:41) 12-David Rhoden punts 58 yards to LAR -4.4-1-WAS 46 (5:41) 12-David Rhoden punts 58 yards to LAR -4. Touchback.</t>
   </si>
   <si>
     <t>#12 David Rhoden - P</t>
   </si>
   <si>
     <t>#1 John Tibbetts - CB</t>
   </si>
   <si>
     <t>#28 Martin Finnegan - CB</t>
   </si>
   <si>
     <t>#73 Michael Hess - RG</t>
   </si>
   <si>
     <t>#63 James Johnson - RT</t>
   </si>
   <si>
-    <t>#53 Stephen Kelly - WLB</t>
+    <t>#50 Stephen Kelly - WLB</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>LAR 20</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LAR 20 (5:33) 19-Robert John pass complete to 11-Brian Coleman to LAR 28 for 8 yards. Tackle by 23-Rodolfo Adkins.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>LAR 28</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>