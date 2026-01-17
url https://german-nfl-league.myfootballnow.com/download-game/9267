--- v1 (2025-12-01)
+++ v2 (2026-01-17)
@@ -296,168 +296,168 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Ramon Jones kicks 75 yards from LAR 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>#49 Billy Martens - RB</t>
   </si>
   <si>
     <t>#68 Ernest Graham - RDE</t>
   </si>
   <si>
     <t>#38 Christopher Craig - FS</t>
   </si>
   <si>
     <t>#97 Irwin Brace - MLB</t>
   </si>
   <si>
     <t>#97 Dennis Garza - DT</t>
   </si>
   <si>
-    <t>#32 Daniel Shepard - SS</t>
+    <t>#50 Daniel Shepard - SLB</t>
   </si>
   <si>
     <t>#39 Alexander Perez - FS</t>
   </si>
   <si>
-    <t>#96 Terry Durst - SLB</t>
+    <t>#96 Terry Durst - LDE</t>
   </si>
   <si>
     <t>#34 Kenneth Olson - CB</t>
   </si>
   <si>
-    <t>#61 Michael Clay - RDE</t>
+    <t>#99 Michael Clay - RDE</t>
   </si>
   <si>
     <t>#92 Raymond Ton - LDE</t>
   </si>
   <si>
     <t>#8 Ramon Jones - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 22-Peter Johannes ran to WAS 25 for a short gain. Tackle by 59-Eric Yamashita.</t>
   </si>
   <si>
     <t>#9 Eric Becher - QB</t>
   </si>
   <si>
     <t>#22 Peter Johannes - RB</t>
   </si>
   <si>
     <t>#81 Stanley Wood - TE</t>
   </si>
   <si>
     <t>#14 Johnny Cruz - WR</t>
   </si>
   <si>
-    <t>#17 Johnnie Stuckey - WR</t>
+    <t>#2 Johnnie Stuckey - RB</t>
   </si>
   <si>
     <t>#82 Ronald Braden - WR</t>
   </si>
   <si>
     <t>#74 Benjamin Morgan - LT</t>
   </si>
   <si>
     <t>#79 Michael Romeo - LG</t>
   </si>
   <si>
     <t>#60 Johnny Barrow - C</t>
   </si>
   <si>
     <t>#60 William Anderson - RG</t>
   </si>
   <si>
     <t>#75 Fred Harwood - RT</t>
   </si>
   <si>
     <t>#76 David Foster - LDE</t>
   </si>
   <si>
     <t>#99 Lyle Bustos - DT</t>
   </si>
   <si>
     <t>#90 Edwin Cody - DT</t>
   </si>
   <si>
-    <t>#54 Hal Lewis - RDE</t>
+    <t>#78 Hal Lewis - RDE</t>
   </si>
   <si>
     <t>#51 Gerald Salazar - WLB</t>
   </si>
   <si>
     <t>#59 Eric Yamashita - MLB</t>
   </si>
   <si>
     <t>#36 Daniel Erickson - CB</t>
   </si>
   <si>
     <t>#28 Lowell Perkins - SS</t>
   </si>
   <si>
     <t>#47 Deon Houston - SS</t>
   </si>
   <si>
     <t>#35 Sterling Barnhart - SS</t>
   </si>
   <si>
     <t>#48 Wayne Sullivan - SS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-WAS 25 (14:25) 9-Eric Becher pass complete to 46-Bret Tittle to WAS 29 for 4 yards. Tackle by 20-Lowell Perkins.</t>
   </si>
   <si>
     <t>#46 Bret Tittle - FB</t>
   </si>
   <si>
-    <t>#85 Michael Moody - RT</t>
+    <t>#73 Michael Moody - LT</t>
   </si>
   <si>
     <t>#53 Rick Wilhoite - SLB</t>
   </si>
   <si>
     <t>#91 Robert Chamberlain - LDE</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>WAS 29</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-WAS 29 (13:41) 9-Eric Becher pass complete to 81-Stanley Wood to WAS 41 for 12 yards. Tackle by 59-Eric Yamashita.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:43) Extra point GOOD by 8-Ramon Jones. LAR 7 WAS 0</t>
   </si>
   <si>
     <t>#77 Patrick Clausen - TE</t>
   </si>
   <si>
     <t>#10 Paul Calderon - RB</t>
   </si>
   <si>
     <t>#91 Rickey Lewis - MLB</t>
   </si>
   <si>
-    <t>#57 Herbert Morin - WLB</t>
+    <t>#95 Herbert Morin - SLB</t>
   </si>
   <si>
     <t>(8:43) 8-Ramon Jones kicks 75 yards from LAR 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (8:43) 9-Eric Becher pass complete to 19-Johnny Cruz to WAS 31 for 6 yards. Tackle by 36-Daniel Erickson.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
@@ -923,51 +923,51 @@
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>LAR 19</t>
   </si>
   <si>
     <t>1-10-LAR 19 (12:52) 9-Eric Becher pass complete to 82-Ronald Braden for 19 yards. TOUCHDOWN! LAR 10 WAS 6</t>
   </si>
   <si>
     <t>#52 Morgan Nicodemus - SLB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>LAR 15</t>
   </si>
   <si>
     <t>(12:48) Extra point GOOD by 16-Gordon Hall. LAR 10 WAS 7</t>
   </si>
   <si>
     <t>#3 Gordon Hall - K</t>
   </si>
   <si>
-    <t>#64 David Wiseman - C</t>
+    <t>#74 David Wiseman - C</t>
   </si>
   <si>
     <t>(12:48) 16-Gordon Hall kicks 74 yards from WAS 35 to LAR -9. Touchback.</t>
   </si>
   <si>
     <t>LAR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-LAR 25 (12:48) 19-Robert John pass Pass knocked down by 56-Irwin Brace. incomplete, intended for 40-Calvin Clark.</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-10-LAR 25 (12:45) 19-Robert John pass complete to 40-Calvin Clark to LAR 24 for -1 yards. Tackle by 25-Kenneth Olson.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
@@ -1448,51 +1448,51 @@
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-5-LAR 48 (2:52) 9-Eric Becher pass complete to 81-Stanley Wood to LAR 32 for 17 yards. Tackle by 39-Wayne Sullivan.</t>
   </si>
   <si>
     <t>LAR 32</t>
   </si>
   <si>
     <t>1-10-LAR 32 (2:09) 22-Peter Johannes ran to LAR 29 for 2 yards. Tackle by 90-Edwin Cody. 60-Johnny Barrow totally missed that block.</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>2-8-LAR 29 (1:31) 9-Eric Becher pass complete to 22-Peter Johannes to LAR 24 for 6 yards. Tackle by 50-Robert Chamberlain.</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>3-2-LAR 24 (0:47) 49-Billy Martens ran to LAR 14 for 10 yards. Tackle by 39-Wayne Sullivan.</t>
   </si>
   <si>
-    <t>#35 Jerry Carson - RB</t>
+    <t>#1 Jerry Carson - RB</t>
   </si>
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>LAR 14</t>
   </si>
   <si>
     <t>1-10-LAR 14 (0:12) 22-Peter Johannes ran to LAR 12 for 2 yards. Tackle by 51-Gerald Salazar.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>LAR 12</t>
   </si>
   <si>
     <t>2-8-LAR 12 (15:00) 49-Billy Martens ran to LAR 10 for 2 yards. Tackle by 90-Edwin Cody.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>3-6-LAR 10 (14:16) 22-Peter Johannes ran to LAR 7 for 3 yards. Tackle by 51-Gerald Salazar.</t>
   </si>
@@ -2105,87 +2105,87 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>