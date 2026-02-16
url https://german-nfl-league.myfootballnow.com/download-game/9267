--- v2 (2026-01-17)
+++ v3 (2026-02-16)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Ramon Jones kicks 75 yards from LAR 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>#49 Billy Martens - RB</t>
   </si>
   <si>
     <t>#68 Ernest Graham - RDE</t>
   </si>
   <si>
     <t>#38 Christopher Craig - FS</t>
   </si>
   <si>
     <t>#97 Irwin Brace - MLB</t>
   </si>
   <si>
     <t>#97 Dennis Garza - DT</t>
   </si>
   <si>
-    <t>#50 Daniel Shepard - SLB</t>
+    <t>#50 Daniel Shepard - MLB</t>
   </si>
   <si>
     <t>#39 Alexander Perez - FS</t>
   </si>
   <si>
     <t>#96 Terry Durst - LDE</t>
   </si>
   <si>
     <t>#34 Kenneth Olson - CB</t>
   </si>
   <si>
     <t>#99 Michael Clay - RDE</t>
   </si>
   <si>
     <t>#92 Raymond Ton - LDE</t>
   </si>
   <si>
     <t>#8 Ramon Jones - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
@@ -383,87 +383,87 @@
   <si>
     <t>#60 William Anderson - RG</t>
   </si>
   <si>
     <t>#75 Fred Harwood - RT</t>
   </si>
   <si>
     <t>#76 David Foster - LDE</t>
   </si>
   <si>
     <t>#99 Lyle Bustos - DT</t>
   </si>
   <si>
     <t>#90 Edwin Cody - DT</t>
   </si>
   <si>
     <t>#78 Hal Lewis - RDE</t>
   </si>
   <si>
     <t>#51 Gerald Salazar - WLB</t>
   </si>
   <si>
     <t>#59 Eric Yamashita - MLB</t>
   </si>
   <si>
-    <t>#36 Daniel Erickson - CB</t>
+    <t>#26 Daniel Erickson - CB</t>
   </si>
   <si>
     <t>#28 Lowell Perkins - SS</t>
   </si>
   <si>
     <t>#47 Deon Houston - SS</t>
   </si>
   <si>
     <t>#35 Sterling Barnhart - SS</t>
   </si>
   <si>
     <t>#48 Wayne Sullivan - SS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-WAS 25 (14:25) 9-Eric Becher pass complete to 46-Bret Tittle to WAS 29 for 4 yards. Tackle by 20-Lowell Perkins.</t>
   </si>
   <si>
     <t>#46 Bret Tittle - FB</t>
   </si>
   <si>
     <t>#73 Michael Moody - LT</t>
   </si>
   <si>
     <t>#53 Rick Wilhoite - SLB</t>
   </si>
   <si>
-    <t>#91 Robert Chamberlain - LDE</t>
+    <t>#54 Robert Chamberlain - SLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>WAS 29</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-WAS 29 (13:41) 9-Eric Becher pass complete to 81-Stanley Wood to WAS 41 for 12 yards. Tackle by 59-Eric Yamashita.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>WAS 41</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -563,54 +563,54 @@
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-WAS 37 (11:34) 40-Calvin Clark ran to WAS 32 for 5 yards. Tackle by 56-Irwin Brace.</t>
   </si>
   <si>
     <t>#42 Howard Shelton - TE</t>
   </si>
   <si>
     <t>#89 Gary Carlson - TE</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>WAS 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-5-WAS 32 (10:50) 4-Michael Harley ran to WAS 25 for 7 yards. Tackle by 29-Nicholas Heider.</t>
   </si>
   <si>
-    <t>#4 Michael Harley - RB</t>
-[...2 lines deleted...]
-    <t>#17 Mike Kim - QB</t>
+    <t>#4 Michael Harley - QB</t>
+  </si>
+  <si>
+    <t>#10 Mike Kim - QB</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-WAS 25 (10:07) 40-Calvin Clark ran to WAS 12 for 13 yards. Tackle by 25-Kenneth Olson.</t>
   </si>
   <si>
     <t>#11 Brian Coleman - RB</t>
   </si>
   <si>
     <t>#81 Thomas Defoor - WR</t>
   </si>
   <si>
     <t>#23 Rodolfo Adkins - FS</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
@@ -923,51 +923,51 @@
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>LAR 19</t>
   </si>
   <si>
     <t>1-10-LAR 19 (12:52) 9-Eric Becher pass complete to 82-Ronald Braden for 19 yards. TOUCHDOWN! LAR 10 WAS 6</t>
   </si>
   <si>
     <t>#52 Morgan Nicodemus - SLB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>LAR 15</t>
   </si>
   <si>
     <t>(12:48) Extra point GOOD by 16-Gordon Hall. LAR 10 WAS 7</t>
   </si>
   <si>
     <t>#3 Gordon Hall - K</t>
   </si>
   <si>
-    <t>#74 David Wiseman - C</t>
+    <t>#74 David Wiseman - RT</t>
   </si>
   <si>
     <t>(12:48) 16-Gordon Hall kicks 74 yards from WAS 35 to LAR -9. Touchback.</t>
   </si>
   <si>
     <t>LAR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-LAR 25 (12:48) 19-Robert John pass Pass knocked down by 56-Irwin Brace. incomplete, intended for 40-Calvin Clark.</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-10-LAR 25 (12:45) 19-Robert John pass complete to 40-Calvin Clark to LAR 24 for -1 yards. Tackle by 25-Kenneth Olson.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>