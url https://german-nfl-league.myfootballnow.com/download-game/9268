--- v0 (2025-10-20)
+++ v1 (2025-11-19)
@@ -281,78 +281,78 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>49s</t>
   </si>
   <si>
     <t>49s 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jessie Ortiz kicks 75 yards from 49s 35 to IND -10. Touchback.</t>
   </si>
   <si>
-    <t>#42 Maurice Turner - TE</t>
-[...2 lines deleted...]
-    <t>#74 Hector Johnson - RDE</t>
+    <t>#80 Maurice Turner - RB</t>
+  </si>
+  <si>
+    <t>#58 Hector Johnson - RDE</t>
   </si>
   <si>
     <t>#15 Richard Perez - WR</t>
   </si>
   <si>
-    <t>#49 Manuel Prince - SS</t>
+    <t>#25 Manuel Prince - SS</t>
   </si>
   <si>
     <t>#86 Robert Boman - WR</t>
   </si>
   <si>
-    <t>#25 David Norton - CB</t>
-[...11 lines deleted...]
-    <t>#92 Walter Barker - MLB</t>
+    <t>#44 David Norton - FS</t>
+  </si>
+  <si>
+    <t>#27 David Lee Roth - FS</t>
+  </si>
+  <si>
+    <t>#37 Randy Hunt - FS</t>
+  </si>
+  <si>
+    <t>#26 Christopher Carroll - SS</t>
+  </si>
+  <si>
+    <t>#92 Walter Barker - WLB</t>
   </si>
   <si>
     <t>#33 Jeffrey Vasquez - CB</t>
   </si>
   <si>
     <t>#17 Jessie Ortiz - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Weak I Big TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 4-Steven Osborne pass incomplete, intended for 84-Willard Wallace.</t>
   </si>
   <si>
     <t>#4 Steven Osborne - QB</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#79 Michael Payton - LDE</t>
   </si>
   <si>
     <t>#51 Neal Ramon - DT</t>
   </si>
   <si>
     <t>#96 Nathan Lawson - RDE</t>
   </si>
   <si>
     <t>#99 Michael Frey - RDE</t>
   </si>
   <si>
     <t>#97 David Herrington - SLB</t>
   </si>
   <si>
     <t>#56 Dennis Towry - MLB</t>
   </si>
   <si>
     <t>#57 Richard Meadows - WLB</t>
   </si>
   <si>
     <t>#21 James Hageman - CB</t>
   </si>
   <si>
-    <t>#27 Tom Johnson - DT</t>
+    <t>#27 Tom Johnson - SS</t>
   </si>
   <si>
     <t>#22 Glenn Hampton - SS</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-IND 25 (14:59) 22-Tomas Nace ran to IND 25 for a short gain. Tackle by 51-Neal Ramon.</t>
   </si>
   <si>
     <t>#14 William Foster - WR</t>
   </si>
   <si>
     <t>#46 Fredrick Dunne - CB</t>
   </si>
   <si>
     <t>#38 Frank Greenberg - FS</t>
   </si>
@@ -461,105 +461,105 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-IND 25 (14:17) 11-Daniel Alvarez punts 49 yards to 49s 26. Fair Catch by 81-Rolland Kim.</t>
   </si>
   <si>
     <t>#11 Daniel Alvarez - P</t>
   </si>
   <si>
     <t>#1 Roy Moran - FS</t>
   </si>
   <si>
     <t>#81 Rolland Kim - TE</t>
   </si>
   <si>
     <t>#3 Dean Long - RB</t>
   </si>
   <si>
     <t>#64 Emil Gill - LG</t>
   </si>
   <si>
     <t>#38 Jonathan Mares - FS</t>
   </si>
   <si>
-    <t>#90 Andrea Knowles - SLB</t>
+    <t>#6 Andrea Knowles - CB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>49s 26</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-49s 26 (14:11) 3-Dean Long ran to 49s 25 for a short loss. Tackle by 58-Charles Wooten.</t>
   </si>
   <si>
     <t>#8 Seth Khan - QB</t>
   </si>
   <si>
     <t>#23 Jose Bennett - FB</t>
   </si>
   <si>
     <t>#82 Alexander Cokley - WR</t>
   </si>
   <si>
     <t>#21 Eugene Morrow - RB</t>
   </si>
   <si>
     <t>#24 Charles Smith - WR</t>
   </si>
   <si>
     <t>#78 Norman Hight - LT</t>
   </si>
   <si>
     <t>#70 John Self - C</t>
   </si>
   <si>
     <t>#74 Greg Sellers - C</t>
   </si>
   <si>
     <t>#60 John Hill - FB</t>
   </si>
   <si>
     <t>#69 Zachary Leon - RT</t>
   </si>
   <si>
-    <t>#58 Charles Wooten - LDE</t>
+    <t>#60 Charles Wooten - LDE</t>
   </si>
   <si>
     <t>#71 Ryan Royal - DT</t>
   </si>
   <si>
-    <t>#97 Laverne Frederick - LDE</t>
-[...2 lines deleted...]
-    <t>#59 Larry Rodriguez - WLB</t>
+    <t>#97 Laverne Frederick - DT</t>
+  </si>
+  <si>
+    <t>#59 Larry Rodriguez - MLB</t>
   </si>
   <si>
     <t>#23 Bill Glass - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>49s 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-49s 25 (13:37) 3-Dean Long ran to 49s 30 for 5 yards. Tackle by 59-Larry Rodriguez.</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>49s 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>3-3-49s 41 (6:07) 3-Dean Long ran to 49s 44 for 3 yards. Tackle by 92-Walter Barker.</t>
   </si>
   <si>
     <t>#43 Richard Cazares - RB</t>
   </si>
   <si>
     <t>#55 Geoffrey Sawyers - SLB</t>
   </si>
   <si>
     <t>#20 Danny Shew - CB</t>
   </si>
   <si>
     <t>5:27</t>
   </si>
   <si>
     <t>49s 44</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-49s 44 (5:26) 3-Dean Long ran to IND 34 for 22 yards. Tackle by 23-Bill Glass. 49s 74-Greg Sellers was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#38 George Fuentes - FS</t>
+    <t>#38 George Fuentes - CB</t>
   </si>
   <si>
     <t>4:45</t>
   </si>
   <si>
     <t>IND 34</t>
   </si>
   <si>
     <t>1-10-IND 34 (4:44) 23-Jose Bennett ran to IND 40 for -5 yards. Tackle by 91-Hector Johnson.</t>
   </si>
   <si>
     <t>#30 Gregory Nelson - RB</t>
   </si>
   <si>
     <t>#73 Richard Wagner - TE</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>IND 40</t>
   </si>
   <si>
     <t>2-15-IND 40 (4:07) 8-Seth Khan pass Pass knocked down by 59-Larry Rodriguez. incomplete, intended for 83-Charles Smith.</t>
   </si>
@@ -1094,51 +1094,51 @@
   <si>
     <t>49s 0</t>
   </si>
   <si>
     <t>2-1-49s 0 (6:52) 4-Steven Osborne pass Pass knocked down by 48-James Hageman. incomplete, intended for 30-Maurice Turner.</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>3-1-49s 0 (6:49) 22-Tomas Nace ran for 0 yards. TOUCHDOWN! 49s 6 IND 6</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>49s 15</t>
   </si>
   <si>
     <t>(6:47) Extra point GOOD by 10-Carl Person. 49s 6 IND 7</t>
   </si>
   <si>
     <t>#10 Carl Person - K</t>
   </si>
   <si>
-    <t>#78 James Carpenter - C</t>
+    <t>#61 James Carpenter - C</t>
   </si>
   <si>
     <t>#29 Willie Schroeder - CB</t>
   </si>
   <si>
     <t>#64 Alex Ricks - RDE</t>
   </si>
   <si>
     <t>(6:47) 10-Carl Person kicks 71 yards from IND 35 to 49s -6. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-49s 25 (6:47) 8-Seth Khan pass complete to 3-Dean Long to 49s 26 for 1 yards. Tackle by 23-Bill Glass.</t>
   </si>
   <si>
     <t>2-9-49s 26 (6:05) 21-Eugene Morrow ran to 49s 29 for 3 yards. Tackle by 92-Walter Barker.</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>49s 29</t>
   </si>
@@ -2249,98 +2249,98 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="367.91" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">