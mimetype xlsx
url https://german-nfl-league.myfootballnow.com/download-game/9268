--- v1 (2025-11-19)
+++ v2 (2026-01-24)
@@ -287,96 +287,96 @@
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>49s</t>
   </si>
   <si>
     <t>49s 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jessie Ortiz kicks 75 yards from 49s 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#80 Maurice Turner - RB</t>
   </si>
   <si>
     <t>#58 Hector Johnson - RDE</t>
   </si>
   <si>
-    <t>#15 Richard Perez - WR</t>
+    <t>#5 Richard Perez - WR</t>
   </si>
   <si>
     <t>#25 Manuel Prince - SS</t>
   </si>
   <si>
     <t>#86 Robert Boman - WR</t>
   </si>
   <si>
     <t>#44 David Norton - FS</t>
   </si>
   <si>
-    <t>#27 David Lee Roth - FS</t>
+    <t>#27 David Lee Roth - CB</t>
   </si>
   <si>
     <t>#37 Randy Hunt - FS</t>
   </si>
   <si>
-    <t>#26 Christopher Carroll - SS</t>
+    <t>#26 Christopher Carroll - CB</t>
   </si>
   <si>
     <t>#92 Walter Barker - WLB</t>
   </si>
   <si>
     <t>#33 Jeffrey Vasquez - CB</t>
   </si>
   <si>
     <t>#17 Jessie Ortiz - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Weak I Big TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 4-Steven Osborne pass incomplete, intended for 84-Willard Wallace.</t>
   </si>
   <si>
-    <t>#4 Steven Osborne - QB</t>
+    <t>#8 Steven Osborne - RB</t>
   </si>
   <si>
     <t>#22 Tomas Nace - RB</t>
   </si>
   <si>
     <t>#22 Aurelio Ingram - FB</t>
   </si>
   <si>
     <t>#84 Willard Wallace - TE</t>
   </si>
   <si>
     <t>#40 Brandon Sydow - FB</t>
   </si>
   <si>
     <t>#68 Kerry Watkins - LT</t>
   </si>
   <si>
     <t>#60 Michael Matson - LG</t>
   </si>
   <si>
     <t>#65 Donald Nicholson - C</t>
   </si>
   <si>
     <t>#68 Bobby Acker - RG</t>
   </si>
@@ -389,90 +389,90 @@
   <si>
     <t>#79 Michael Payton - LDE</t>
   </si>
   <si>
     <t>#51 Neal Ramon - DT</t>
   </si>
   <si>
     <t>#96 Nathan Lawson - RDE</t>
   </si>
   <si>
     <t>#99 Michael Frey - RDE</t>
   </si>
   <si>
     <t>#97 David Herrington - SLB</t>
   </si>
   <si>
     <t>#56 Dennis Towry - MLB</t>
   </si>
   <si>
     <t>#57 Richard Meadows - WLB</t>
   </si>
   <si>
     <t>#21 James Hageman - CB</t>
   </si>
   <si>
-    <t>#27 Tom Johnson - SS</t>
-[...2 lines deleted...]
-    <t>#22 Glenn Hampton - SS</t>
+    <t>#27 Tom Johnson - FS</t>
+  </si>
+  <si>
+    <t>#22 Glenn Hampton - FS</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-IND 25 (14:59) 22-Tomas Nace ran to IND 25 for a short gain. Tackle by 51-Neal Ramon.</t>
   </si>
   <si>
     <t>#14 William Foster - WR</t>
   </si>
   <si>
-    <t>#46 Fredrick Dunne - CB</t>
+    <t>#42 Fredrick Dunne - CB</t>
   </si>
   <si>
     <t>#38 Frank Greenberg - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-10-IND 25 (14:21) 4-Steven Osborne pass Pass knocked down by 46-Fredrick Dunne. incomplete, intended for 22-Tomas Nace.</t>
   </si>
   <si>
-    <t>#9 Tyrone Taylor - QB</t>
+    <t>#14 Tyrone Taylor - QB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-IND 25 (14:17) 11-Daniel Alvarez punts 49 yards to 49s 26. Fair Catch by 81-Rolland Kim.</t>
   </si>
   <si>
     <t>#11 Daniel Alvarez - P</t>
   </si>
   <si>
     <t>#1 Roy Moran - FS</t>
   </si>
   <si>
     <t>#81 Rolland Kim - TE</t>
   </si>
   <si>
     <t>#3 Dean Long - RB</t>
   </si>
@@ -1472,51 +1472,51 @@
   <si>
     <t>3:12</t>
   </si>
   <si>
     <t>(3:13) 17-Jessie Ortiz kicks 75 yards from 49s 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-IND 25 (3:13) 4-Steven Osborne pass complete to 84-Willard Wallace to IND 32 for 7 yards. Tackle by 27-Tom Johnson.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>IND 32</t>
   </si>
   <si>
     <t>2-3-IND 32 (2:39) 4-Steven Osborne pass complete to 16-Richard Perez for 68 yards. TOUCHDOWN! 49s 9 IND 16</t>
   </si>
   <si>
     <t>2:28</t>
   </si>
   <si>
     <t>(2:29) Extra point GOOD by 10-Carl Person. IND 65-Donald Nicholson was injured on the play. He looks like he should be able to return. 49s 9 IND 17</t>
   </si>
   <si>
-    <t>#73 Richard Barstow - WR</t>
+    <t>#32 Richard Barstow - RB</t>
   </si>
   <si>
     <t>(2:29) 10-Carl Person kicks 75 yards from IND 35 to 49s -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-49s 25 (2:29) 8-Seth Khan pass complete to 81-Rolland Kim to IND 26 for 49 yards. Tackle by 23-Bill Glass. Nice job by 81-Rolland Kim on that route to lose his coverage.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>IND 26</t>
   </si>
   <si>
     <t>1-10-IND 26 (1:38) 8-Seth Khan pass complete to 3-Dean Long for 26 yards. TOUCHDOWN! 3-Dean Long breaks down the CB. Pressure by 96-Laverne Frederick. 48-George Fuentes got away with a hold on that play. 49s 15 IND 17</t>
   </si>
   <si>
     <t>1:30</t>
   </si>
   <si>
     <t>IND 15</t>
   </si>
   <si>
     <t>(1:31) Extra point GOOD by 17-Jessie Ortiz. 49s 16 IND 17</t>
   </si>
@@ -2229,51 +2229,51 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD181"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="367.91" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>