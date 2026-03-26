--- v2 (2026-01-24)
+++ v3 (2026-03-26)
@@ -284,54 +284,54 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>49s</t>
   </si>
   <si>
     <t>49s 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jessie Ortiz kicks 75 yards from 49s 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#80 Maurice Turner - RB</t>
   </si>
   <si>
-    <t>#58 Hector Johnson - RDE</t>
-[...2 lines deleted...]
-    <t>#5 Richard Perez - WR</t>
+    <t>#58 Hector Johnson - LDE</t>
+  </si>
+  <si>
+    <t>#82 Richard Perez - WR</t>
   </si>
   <si>
     <t>#25 Manuel Prince - SS</t>
   </si>
   <si>
     <t>#86 Robert Boman - WR</t>
   </si>
   <si>
     <t>#44 David Norton - FS</t>
   </si>
   <si>
     <t>#27 David Lee Roth - CB</t>
   </si>
   <si>
     <t>#37 Randy Hunt - FS</t>
   </si>
   <si>
     <t>#26 Christopher Carroll - CB</t>
   </si>
   <si>
     <t>#92 Walter Barker - WLB</t>
   </si>
   <si>
     <t>#33 Jeffrey Vasquez - CB</t>
   </si>
@@ -347,51 +347,51 @@
   <si>
     <t>Weak I Big TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 4-Steven Osborne pass incomplete, intended for 84-Willard Wallace.</t>
   </si>
   <si>
     <t>#8 Steven Osborne - RB</t>
   </si>
   <si>
     <t>#22 Tomas Nace - RB</t>
   </si>
   <si>
     <t>#22 Aurelio Ingram - FB</t>
   </si>
   <si>
     <t>#84 Willard Wallace - TE</t>
   </si>
   <si>
     <t>#40 Brandon Sydow - FB</t>
   </si>
   <si>
-    <t>#68 Kerry Watkins - LT</t>
+    <t>#63 Kerry Watkins - LT</t>
   </si>
   <si>
     <t>#60 Michael Matson - LG</t>
   </si>
   <si>
     <t>#65 Donald Nicholson - C</t>
   </si>
   <si>
     <t>#68 Bobby Acker - RG</t>
   </si>
   <si>
     <t>#79 Robert McRoy - LT</t>
   </si>
   <si>
     <t>#72 James Dietz - RDE</t>
   </si>
   <si>
     <t>#79 Michael Payton - LDE</t>
   </si>
   <si>
     <t>#51 Neal Ramon - DT</t>
   </si>
   <si>
     <t>#96 Nathan Lawson - RDE</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>#64 Emil Gill - LG</t>
   </si>
   <si>
     <t>#38 Jonathan Mares - FS</t>
   </si>
   <si>
     <t>#6 Andrea Knowles - CB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>49s 26</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-49s 26 (14:11) 3-Dean Long ran to 49s 25 for a short loss. Tackle by 58-Charles Wooten.</t>
   </si>
   <si>
     <t>#8 Seth Khan - QB</t>
   </si>
   <si>
-    <t>#23 Jose Bennett - FB</t>
+    <t>#47 Jose Bennett - FB</t>
   </si>
   <si>
     <t>#82 Alexander Cokley - WR</t>
   </si>
   <si>
     <t>#21 Eugene Morrow - RB</t>
   </si>
   <si>
     <t>#24 Charles Smith - WR</t>
   </si>
   <si>
     <t>#78 Norman Hight - LT</t>
   </si>
   <si>
     <t>#70 John Self - C</t>
   </si>
   <si>
     <t>#74 Greg Sellers - C</t>
   </si>
   <si>
     <t>#60 John Hill - FB</t>
   </si>
   <si>
     <t>#69 Zachary Leon - RT</t>
   </si>