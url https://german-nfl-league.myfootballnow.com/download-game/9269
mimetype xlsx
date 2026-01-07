--- v0 (2025-11-06)
+++ v1 (2026-01-07)
@@ -515,51 +515,51 @@
   <si>
     <t>#15 Rene Fried - WR</t>
   </si>
   <si>
     <t>#11 Earl Muse - WR</t>
   </si>
   <si>
     <t>#19 Samuel Pinto - WR</t>
   </si>
   <si>
     <t>#59 Mark Neri - LT</t>
   </si>
   <si>
     <t>#47 Curtis Landry - LG</t>
   </si>
   <si>
     <t>#78 Justin Wylie - C</t>
   </si>
   <si>
     <t>#68 Joe Michel - RG</t>
   </si>
   <si>
     <t>#75 Thomas Witcher - RG</t>
   </si>
   <si>
-    <t>#91 Ryan Smith - DT</t>
+    <t>#91 Ryan Smith - SLB</t>
   </si>
   <si>
     <t>#96 Roy Carpenter - SLB</t>
   </si>
   <si>
     <t>#36 Antonio Powell - FS</t>
   </si>
   <si>
     <t>#24 Harvey Stivers - FS</t>
   </si>
   <si>
     <t>#45 Gene Cook - FS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>NOS 29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>2-4-NOS 29 (13:29) 33-Clayton Ramirez ran to NOS 38 for 9 yards. Tackle by 49-Walter Cottrill.</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#53 Stephen McClellan - MLB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>NOS 41</t>
   </si>
   <si>
     <t>2-7-NOS 41 (12:03) 33-Clayton Ramirez ran to MIN 49 for 11 yards. Tackle by 49-Walter Cottrill. NOS 75-Thomas Witcher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>MIN 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-MIN 49 (11:19) 10-Ricky Gilbert pass Pass knocked down by 55-Roy Carpenter. incomplete, intended for 31-Robert Moore. Pressure by 98-Eduardo Mack.</t>
   </si>
   <si>
-    <t>#31 Robert Moore - RB</t>
+    <t>#37 Robert Moore - RB</t>
   </si>
   <si>
     <t>#73 Barry Butler - RT</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-MIN 49 (11:14) 34-Philip Gomez ran to MIN 41 for 7 yards. Tackle by 54-Marvin Swearingen. MIN 91-Ryan Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>MIN 41</t>
   </si>
   <si>
     <t>3-3-MIN 41 (10:35) 33-Clayton Ramirez ran to MIN 37 for 4 yards. Tackle by 49-Walter Cottrill.</t>
   </si>
@@ -1415,51 +1415,51 @@
   <si>
     <t>NOS 42</t>
   </si>
   <si>
     <t>2-4-NOS 42 (3:38) 10-Ricky Gilbert pass complete to 15-Rene Fried to MIN 45 for 13 yards. Tackle by 29-Antonio Powell.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>MIN 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-MIN 45 (3:04) 33-Clayton Ramirez ran to MIN 42 for 2 yards. Tackle by 54-Marvin Swearingen. NOS 78-Justin Wylie was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:31</t>
   </si>
   <si>
     <t>2-8-MIN 42 (2:30) 10-Ricky Gilbert pass complete to 31-Robert Moore to MIN 38 for 4 yards. Tackle by 55-Roy Carpenter. PENALTY - Offsides (MIN 78-Thomas Knox)</t>
   </si>
   <si>
-    <t>#54 Phillip Liang - MLB</t>
+    <t>#50 Phillip Liang - MLB</t>
   </si>
   <si>
     <t>2:26</t>
   </si>
   <si>
     <t>2-3-MIN 37 (2:27) 33-Clayton Ramirez ran to MIN 36 for 2 yards. Tackle by 27-Walter Merritt.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>3-1-MIN 36 (1:54) 33-Clayton Ramirez ran to MIN 36 for -1 yards. Tackle by 68-Matthew Alexander.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>4-2-MIN 36 (1:19) 5-Raymond Sykes 55 yard field goal is GOOD. NOS 17 MIN 7</t>
   </si>
   <si>
     <t>1:14</t>
   </si>
   <si>
     <t>(1:15) 5-Raymond Sykes kicks 63 yards from NOS 35 to MIN 2. 14-Burton Allen to MIN 18 for 17 yards. Tackle by 27-Matthew Vaughn. MIN 27-Walter Merritt was injured on the play. He looks like he should be able to return.</t>
   </si>