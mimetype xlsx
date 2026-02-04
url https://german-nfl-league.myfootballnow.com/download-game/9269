--- v1 (2026-01-07)
+++ v2 (2026-02-04)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Raymond Sykes kicks 74 yards from NOS 35 to MIN -9. Touchback.</t>
   </si>
   <si>
     <t>#14 Burton Allen - WR</t>
   </si>
   <si>
     <t>#69 George Seim - DT</t>
   </si>
   <si>
     <t>#78 Thomas Knox - RDE</t>
   </si>
   <si>
     <t>#90 Marvin Swearingen - SLB</t>
   </si>
   <si>
     <t>#93 Francisco Jackson - SLB</t>
   </si>
   <si>
     <t>#56 Walter Merritt - WLB</t>
   </si>
   <si>
-    <t>#96 Eduardo Mack - LDE</t>
+    <t>#96 Eduardo Mack - RDE</t>
   </si>
   <si>
     <t>#50 Walter Cottrill - MLB</t>
   </si>
   <si>
     <t>#59 James Morrison - WLB</t>
   </si>
   <si>
     <t>#77 Jorge Payne - RT</t>
   </si>
   <si>
     <t>#52 Douglas Clark - WLB</t>
   </si>
   <si>
     <t>#5 Raymond Sykes - K</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>
@@ -497,57 +497,57 @@
   <si>
     <t>NOS 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-NOS 22 (14:08) 10-Ricky Gilbert pass complete to 33-Clayton Ramirez to NOS 29 for 6 yards. Tackle by 55-Roy Carpenter. 33-Clayton Ramirez breaks down the CB.</t>
   </si>
   <si>
     <t>#10 Ricky Gilbert - QB</t>
   </si>
   <si>
     <t>#33 Clayton Ramirez - RB</t>
   </si>
   <si>
     <t>#85 Pablo McCarthy - TE</t>
   </si>
   <si>
     <t>#15 Rene Fried - WR</t>
   </si>
   <si>
     <t>#11 Earl Muse - WR</t>
   </si>
   <si>
-    <t>#19 Samuel Pinto - WR</t>
+    <t>#18 Samuel Pinto - WR</t>
   </si>
   <si>
     <t>#59 Mark Neri - LT</t>
   </si>
   <si>
-    <t>#47 Curtis Landry - LG</t>
+    <t>#65 Curtis Landry - LG</t>
   </si>
   <si>
     <t>#78 Justin Wylie - C</t>
   </si>
   <si>
     <t>#68 Joe Michel - RG</t>
   </si>
   <si>
     <t>#75 Thomas Witcher - RG</t>
   </si>
   <si>
     <t>#91 Ryan Smith - SLB</t>
   </si>
   <si>
     <t>#96 Roy Carpenter - SLB</t>
   </si>
   <si>
     <t>#36 Antonio Powell - FS</t>
   </si>
   <si>
     <t>#24 Harvey Stivers - FS</t>
   </si>
   <si>
     <t>#45 Gene Cook - FS</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>#34 Philip Gomez - RB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>NOS 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NOS 38 (12:47) 33-Clayton Ramirez ran to NOS 41 for 3 yards. Tackle by 55-Roy Carpenter.</t>
   </si>
   <si>
     <t>#42 Scott Karam - FB</t>
   </si>
   <si>
     <t>#84 John White - TE</t>
   </si>
   <si>
-    <t>#68 Matthew Alexander - LDE</t>
+    <t>#93 Matthew Alexander - RDE</t>
   </si>
   <si>
     <t>#53 Stephen McClellan - MLB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>NOS 41</t>
   </si>
   <si>
     <t>2-7-NOS 41 (12:03) 33-Clayton Ramirez ran to MIN 49 for 11 yards. Tackle by 49-Walter Cottrill. NOS 75-Thomas Witcher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>MIN 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-MIN 49 (11:19) 10-Ricky Gilbert pass Pass knocked down by 55-Roy Carpenter. incomplete, intended for 31-Robert Moore. Pressure by 98-Eduardo Mack.</t>
   </si>
@@ -965,93 +965,93 @@
   <si>
     <t>2-10-NOS 24 (11:27) 33-Clayton Ramirez ran to NOS 26 for 2 yards. Tackle by 69-George Seim.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>NOS 26</t>
   </si>
   <si>
     <t>3-8-NOS 26 (10:50) 33-Clayton Ramirez ran to NOS 28 for 2 yards. Tackle by 53-Stephen McClellan.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>NOS 28</t>
   </si>
   <si>
     <t>4-7-NOS 28 (10:17) 4-Thomas Rudolph punts 47 yards to MIN 26. Fair Catch by 13-Michael Belcher.</t>
   </si>
   <si>
-    <t>#7 Thomas Rudolph - P</t>
+    <t>#2 Thomas Rudolph - P</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>MIN 26</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>1-10-MIN 26 (10:10) 8-Rocky Cowan pass Pass knocked down by 53-John Garner. incomplete, intended for 84-Dana Malley. Pressure by 99-John Mebane. PENALTY - Pass Interference (NOS 53-John Garner)</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>1-10-MIN 31 (10:07) 8-Rocky Cowan pass complete to 80-Andrew Brown to MIN 39 for 7 yards. Tackle by 32-Chas Small.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-3-MIN 39 (9:27) 8-Rocky Cowan pass complete to 14-Burton Allen to MIN 43 for 5 yards. Tackle by 90-John Laboy. MIN 72-Garrett Spady was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>MIN 43</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-MIN 43 (8:49) 8-Rocky Cowan pass Pass knocked down by 42-James Hart. incomplete, intended for 30-Brian Frith.</t>
   </si>
   <si>
-    <t>#77 Elbert Torres - RT</t>
+    <t>#77 Elbert Torres - LG</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>2-10-MIN 43 (8:46) 14-Burton Allen ran to MIN 42 for -1 yards. Tackle by 69-Laurence Moretti.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>MIN 42</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-11-MIN 42 (8:01) 8-Rocky Cowan pass complete to 80-Andrew Brown to MIN 45 for 3 yards. Tackle by 32-Chas Small. PENALTY - Pass Interference (NOS 32-Chas Small)</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>MIN 48</t>
   </si>
@@ -1379,51 +1379,51 @@
   <si>
     <t>4:58</t>
   </si>
   <si>
     <t>2-1-NOS 0 (4:59) 8-Rocky Cowan pass complete to 86-Matthew Melton for 0 yards. TOUCHDOWN! NOS 14 MIN 6</t>
   </si>
   <si>
     <t>4:56</t>
   </si>
   <si>
     <t>NOS 15</t>
   </si>
   <si>
     <t>(4:57) Extra point GOOD by 2-Rick Leonard. NOS 14 MIN 7</t>
   </si>
   <si>
     <t>(4:57) 2-Rick Leonard kicks 68 yards from MIN 35 to NOS -3. 11-Earl Muse to NOS 25 for 28 yards. Tackle by 47-Francisco Jackson.</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>1-10-NOS 25 (4:52) 33-Clayton Ramirez ran to NOS 36 for 12 yards. Tackle by 49-Walter Cottrill.</t>
   </si>
   <si>
-    <t>#53 Joseph Delavega - MLB</t>
+    <t>#45 Joseph Delavega - SLB</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>NOS 36</t>
   </si>
   <si>
     <t>1-10-NOS 36 (4:15) 10-Ricky Gilbert pass complete to 34-Philip Gomez to NOS 42 for 6 yards. Tackle by 55-Roy Carpenter. 34-Philip Gomez did some fancy footwork there. NOS 59-Mark Neri was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>NOS 42</t>
   </si>
   <si>
     <t>2-4-NOS 42 (3:38) 10-Ricky Gilbert pass complete to 15-Rene Fried to MIN 45 for 13 yards. Tackle by 29-Antonio Powell.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>MIN 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>