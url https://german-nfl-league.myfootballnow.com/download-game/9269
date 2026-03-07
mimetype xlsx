--- v2 (2026-02-04)
+++ v3 (2026-03-07)
@@ -593,51 +593,51 @@
   <si>
     <t>#53 Stephen McClellan - MLB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>NOS 41</t>
   </si>
   <si>
     <t>2-7-NOS 41 (12:03) 33-Clayton Ramirez ran to MIN 49 for 11 yards. Tackle by 49-Walter Cottrill. NOS 75-Thomas Witcher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>MIN 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-MIN 49 (11:19) 10-Ricky Gilbert pass Pass knocked down by 55-Roy Carpenter. incomplete, intended for 31-Robert Moore. Pressure by 98-Eduardo Mack.</t>
   </si>
   <si>
-    <t>#37 Robert Moore - RB</t>
+    <t>#27 Robert Moore - RB</t>
   </si>
   <si>
     <t>#73 Barry Butler - RT</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-MIN 49 (11:14) 34-Philip Gomez ran to MIN 41 for 7 yards. Tackle by 54-Marvin Swearingen. MIN 91-Ryan Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>MIN 41</t>
   </si>
   <si>
     <t>3-3-MIN 41 (10:35) 33-Clayton Ramirez ran to MIN 37 for 4 yards. Tackle by 49-Walter Cottrill.</t>
   </si>
@@ -1379,51 +1379,51 @@
   <si>
     <t>4:58</t>
   </si>
   <si>
     <t>2-1-NOS 0 (4:59) 8-Rocky Cowan pass complete to 86-Matthew Melton for 0 yards. TOUCHDOWN! NOS 14 MIN 6</t>
   </si>
   <si>
     <t>4:56</t>
   </si>
   <si>
     <t>NOS 15</t>
   </si>
   <si>
     <t>(4:57) Extra point GOOD by 2-Rick Leonard. NOS 14 MIN 7</t>
   </si>
   <si>
     <t>(4:57) 2-Rick Leonard kicks 68 yards from MIN 35 to NOS -3. 11-Earl Muse to NOS 25 for 28 yards. Tackle by 47-Francisco Jackson.</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>1-10-NOS 25 (4:52) 33-Clayton Ramirez ran to NOS 36 for 12 yards. Tackle by 49-Walter Cottrill.</t>
   </si>
   <si>
-    <t>#45 Joseph Delavega - SLB</t>
+    <t>#77 Joseph Delavega - LDE</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>NOS 36</t>
   </si>
   <si>
     <t>1-10-NOS 36 (4:15) 10-Ricky Gilbert pass complete to 34-Philip Gomez to NOS 42 for 6 yards. Tackle by 55-Roy Carpenter. 34-Philip Gomez did some fancy footwork there. NOS 59-Mark Neri was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>NOS 42</t>
   </si>
   <si>
     <t>2-4-NOS 42 (3:38) 10-Ricky Gilbert pass complete to 15-Rene Fried to MIN 45 for 13 yards. Tackle by 29-Antonio Powell.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>MIN 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>