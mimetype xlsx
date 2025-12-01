--- v0 (2025-10-18)
+++ v1 (2025-12-01)
@@ -290,153 +290,153 @@
   <si>
     <t>LVR</t>
   </si>
   <si>
     <t>LVR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Matthew Williams kicks 66 yards from LVR 35 to BUF -1. 18-Michael Lindauer to BUF 19 for 21 yards. Tackle by 35-Kenneth Hughes.</t>
   </si>
   <si>
     <t>#82 Michael Lindauer - WR</t>
   </si>
   <si>
     <t>#55 Matthew Cook - DT</t>
   </si>
   <si>
     <t>#92 John French - MLB</t>
   </si>
   <si>
-    <t>#27 Frank Schultz - CB</t>
+    <t>#27 Frank Schultz - FS</t>
   </si>
   <si>
     <t>#35 Tony Nelson - FS</t>
   </si>
   <si>
-    <t>#44 Luis Hughes - FS</t>
+    <t>#44 Luis Hughes - CB</t>
   </si>
   <si>
     <t>#34 Zachary Burns - CB</t>
   </si>
   <si>
     <t>#47 Fred Adams - SS</t>
   </si>
   <si>
-    <t>#56 Carl Ingham - WLB</t>
+    <t>#95 Carl Ingham - RDE</t>
   </si>
   <si>
     <t>#90 Paul Rojas - LDE</t>
   </si>
   <si>
     <t>#49 Clarence Bernstein - SS</t>
   </si>
   <si>
     <t>#5 Matthew Williams - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BUF 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 19 (14:57) 31-Raymond Flores ran to BUF 20 for 1 yards. Tackle by 52-Lee Reid. BUF 62-Johnny Scott was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Eugene Chew - QB</t>
   </si>
   <si>
     <t>#31 Raymond Flores - RB</t>
   </si>
   <si>
     <t>#83 Bryan Andrews - TE</t>
   </si>
   <si>
     <t>#83 Loyd Coleman - WR</t>
   </si>
   <si>
-    <t>#21 Aaron Newcomb - WR</t>
+    <t>#17 Aaron Newcomb - WR</t>
   </si>
   <si>
     <t>#76 William Bridges - LT</t>
   </si>
   <si>
     <t>#71 James Gutierrez - LG</t>
   </si>
   <si>
     <t>#62 Johnny Scott - C</t>
   </si>
   <si>
-    <t>#59 Donald Romero - RG</t>
+    <t>#60 Donald Romero - C</t>
   </si>
   <si>
     <t>#72 Larry Allen - RT</t>
   </si>
   <si>
-    <t>#99 Pedro Winters - LDE</t>
+    <t>#94 Pedro Winters - LDE</t>
   </si>
   <si>
     <t>#96 Albert Patterson - MLB</t>
   </si>
   <si>
     <t>#53 Kelly Robey - WLB</t>
   </si>
   <si>
     <t>#58 Michael Dorsey - SLB</t>
   </si>
   <si>
     <t>#57 Willie Clark - MLB</t>
   </si>
   <si>
     <t>#98 Lee Reid - WLB</t>
   </si>
   <si>
     <t>#21 Monty Aaron - CB</t>
   </si>
   <si>
     <t>#35 Kenneth Hughes - CB</t>
   </si>
   <si>
     <t>#35 John Robertson - FS</t>
   </si>
   <si>
-    <t>#44 Valentin Cope - SS</t>
+    <t>#27 Valentin Cope - CB</t>
   </si>
   <si>
     <t>#40 William McDowell - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>BUF 20</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-9-BUF 20 (14:23) 4-Eugene Chew pass INTERCEPTED by 52-Lee Reid at BUF 30. 52-Lee Reid to BUF 30 for -0 yards. Tackle by 83-Bryan Andrews. 58-Michael Dorsey was completely beat on that play.</t>
   </si>
   <si>
     <t>#74 Shaun Phair - RT</t>
   </si>
   <si>
     <t>#69 Michael Knight - C</t>
   </si>
@@ -464,66 +464,66 @@
   <si>
     <t>#30 Henry Pierce - RB</t>
   </si>
   <si>
     <t>#29 Billy Clifton - FB</t>
   </si>
   <si>
     <t>#81 Thomas Leyva - WR</t>
   </si>
   <si>
     <t>#84 Justin Vickers - WR</t>
   </si>
   <si>
     <t>#14 Ronald Stephens - WR</t>
   </si>
   <si>
     <t>#79 Larry Felan - LT</t>
   </si>
   <si>
     <t>#59 Gaylord Nell - LG</t>
   </si>
   <si>
     <t>#63 James Foreman - C</t>
   </si>
   <si>
-    <t>#74 Ronald Thompson - RG</t>
+    <t>#67 Ronald Thompson - RG</t>
   </si>
   <si>
     <t>#58 Troy Hernandez - RT</t>
   </si>
   <si>
     <t>#77 Ronald Ross - DT</t>
   </si>
   <si>
     <t>#90 Bernard Longoria - RDE</t>
   </si>
   <si>
     <t>#26 Edward Baumgarten - CB</t>
   </si>
   <si>
-    <t>#52 Vernon Clark - WLB</t>
+    <t>#52 Vernon Clark - MLB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-BUF 30 (14:15) 30-Henry Pierce ran to BUF 31 for a short loss. Tackle by 92-John French.</t>
   </si>
   <si>
     <t>#33 Thomas Lal - RB</t>
   </si>
   <si>
     <t>#80 Jacob Robinson - TE</t>
   </si>
   <si>
     <t>#88 Kyle Smith - TE</t>
   </si>
   <si>
     <t>#99 Kenneth Cruz - LDE</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-8-BUF 33 (12:06) 4-Eugene Chew pass incomplete, intended for 83-Bryan Andrews. LVR 78-Albert Patterson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#81 Jose Kenny - TE</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-BUF 33 (12:03) 15-George Byers punts 48 yards to LVR 20. Fair Catch by 88-Ronald Stephens.</t>
   </si>
   <si>
     <t>#15 George Byers - P</t>
   </si>
   <si>
-    <t>#67 Bruce Coleman - RDE</t>
+    <t>#51 Bruce Coleman - RDE</t>
   </si>
   <si>
     <t>#61 Steve Thomas - SLB</t>
   </si>
   <si>
     <t>#75 Corey Funchess - RG</t>
   </si>
   <si>
     <t>#44 Jeffery Carpino - LT</t>
   </si>
   <si>
     <t>#82 Chris Bennett - TE</t>
   </si>
   <si>
     <t>#59 Gregg Wyatt - WLB</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>LVR 20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
@@ -908,51 +908,51 @@
   <si>
     <t>3-1-BUF 29 (3:35) 31-Raymond Flores ran to BUF 42 for 13 yards. Tackle by 25-William McDowell.</t>
   </si>
   <si>
     <t>2:51</t>
   </si>
   <si>
     <t>BUF 42</t>
   </si>
   <si>
     <t>1-10-BUF 42 (2:50) 31-Raymond Flores ran to BUF 42 for a short gain. Tackle by 52-Lee Reid.</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-10-BUF 42 (2:10) 30-Robert Goss ran to BUF 42 for a short gain. Tackle by 44-Valentin Cope.</t>
   </si>
   <si>
-    <t>#30 Robert Goss - RB</t>
+    <t>#19 Robert Goss - WR</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>3-10-BUF 42 (1:34) 4-Eugene Chew pass incomplete, dropped by 21-Aaron Newcomb.</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>4-10-BUF 42 (1:30) 15-George Byers punts 50 yards to LVR 8.</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>LVR 8</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
@@ -1475,66 +1475,66 @@
   <si>
     <t>LVR 38</t>
   </si>
   <si>
     <t>1-20-LVR 38 (8:51) 30-Robert Goss ran to LVR 35 for 3 yards. Tackle by 57-Willie Clark.</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-17-LVR 35 (8:14) 4-Eugene Chew pass complete to 83-Bryan Andrews to LVR 32 for 3 yards. Tackle by 21-Monty Aaron.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>LVR 32</t>
   </si>
   <si>
     <t>3-14-LVR 32 (7:39) 4-Eugene Chew pass incomplete, dropped by 82-Shaun Phair. Pressure by 69-Pedro Winters.</t>
   </si>
   <si>
-    <t>#47 Warren Haight - SS</t>
+    <t>#47 Warren Haight - FS</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
     <t>4-14-LVR 32 (7:34) 8-Roger Vargas 49 yard field goal is GOOD. LVR 6 BUF 3</t>
   </si>
   <si>
     <t>#50 Carl Roberts - LT</t>
   </si>
   <si>
     <t>#87 Jonathan Griffin - LG</t>
   </si>
   <si>
-    <t>#94 James Richardson - LDE</t>
+    <t>#94 James Richardson - RDE</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>(7:30) 8-Roger Vargas kicks 71 yards from BUF 35 to LVR -6. 28-Jody Turner to LVR 15 for 21 yards. Tackle by 34-Zachary Burns.</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>LVR 15</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>1-10-LVR 15 (7:27) 49-Billy Clifton ran to LVR 14 for -1 yards. Tackle by 56-Carl Ingham.</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>LVR 14</t>
   </si>