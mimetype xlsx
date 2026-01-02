--- v1 (2025-12-01)
+++ v2 (2026-01-02)
@@ -365,51 +365,51 @@
   <si>
     <t>#83 Bryan Andrews - TE</t>
   </si>
   <si>
     <t>#83 Loyd Coleman - WR</t>
   </si>
   <si>
     <t>#17 Aaron Newcomb - WR</t>
   </si>
   <si>
     <t>#76 William Bridges - LT</t>
   </si>
   <si>
     <t>#71 James Gutierrez - LG</t>
   </si>
   <si>
     <t>#62 Johnny Scott - C</t>
   </si>
   <si>
     <t>#60 Donald Romero - C</t>
   </si>
   <si>
     <t>#72 Larry Allen - RT</t>
   </si>
   <si>
-    <t>#94 Pedro Winters - LDE</t>
+    <t>#90 Pedro Winters - LDE</t>
   </si>
   <si>
     <t>#96 Albert Patterson - MLB</t>
   </si>
   <si>
     <t>#53 Kelly Robey - WLB</t>
   </si>
   <si>
     <t>#58 Michael Dorsey - SLB</t>
   </si>
   <si>
     <t>#57 Willie Clark - MLB</t>
   </si>
   <si>
     <t>#98 Lee Reid - WLB</t>
   </si>
   <si>
     <t>#21 Monty Aaron - CB</t>
   </si>
   <si>
     <t>#35 Kenneth Hughes - CB</t>
   </si>
   <si>
     <t>#35 John Robertson - FS</t>
   </si>