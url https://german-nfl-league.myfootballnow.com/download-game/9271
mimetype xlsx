--- v2 (2026-01-02)
+++ v3 (2026-02-06)
@@ -338,72 +338,72 @@
   <si>
     <t>#5 Matthew Williams - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BUF 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 19 (14:57) 31-Raymond Flores ran to BUF 20 for 1 yards. Tackle by 52-Lee Reid. BUF 62-Johnny Scott was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Eugene Chew - QB</t>
   </si>
   <si>
-    <t>#31 Raymond Flores - RB</t>
+    <t>#40 Raymond Flores - RB</t>
   </si>
   <si>
     <t>#83 Bryan Andrews - TE</t>
   </si>
   <si>
     <t>#83 Loyd Coleman - WR</t>
   </si>
   <si>
     <t>#17 Aaron Newcomb - WR</t>
   </si>
   <si>
     <t>#76 William Bridges - LT</t>
   </si>
   <si>
     <t>#71 James Gutierrez - LG</t>
   </si>
   <si>
     <t>#62 Johnny Scott - C</t>
   </si>
   <si>
-    <t>#60 Donald Romero - C</t>
+    <t>#68 Donald Romero - RG</t>
   </si>
   <si>
     <t>#72 Larry Allen - RT</t>
   </si>
   <si>
     <t>#90 Pedro Winters - LDE</t>
   </si>
   <si>
     <t>#96 Albert Patterson - MLB</t>
   </si>
   <si>
     <t>#53 Kelly Robey - WLB</t>
   </si>
   <si>
     <t>#58 Michael Dorsey - SLB</t>
   </si>
   <si>
     <t>#57 Willie Clark - MLB</t>
   </si>
   <si>
     <t>#98 Lee Reid - WLB</t>
   </si>
   <si>
     <t>#21 Monty Aaron - CB</t>
   </si>
@@ -419,51 +419,51 @@
   <si>
     <t>#40 William McDowell - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>BUF 20</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-9-BUF 20 (14:23) 4-Eugene Chew pass INTERCEPTED by 52-Lee Reid at BUF 30. 52-Lee Reid to BUF 30 for -0 yards. Tackle by 83-Bryan Andrews. 58-Michael Dorsey was completely beat on that play.</t>
   </si>
   <si>
     <t>#74 Shaun Phair - RT</t>
   </si>
   <si>
     <t>#69 Michael Knight - C</t>
   </si>
   <si>
-    <t>#72 Jeffrey Goosby - DT</t>
+    <t>#95 Jeffrey Goosby - DT</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>BUF 30</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BUF 30 (14:19) 9-Melvin Betts pass Pass knocked down by 92-John French. incomplete, intended for 30-Henry Pierce.</t>
   </si>
   <si>
     <t>#9 Melvin Betts - QB</t>
   </si>
   <si>
     <t>#30 Henry Pierce - RB</t>
   </si>
   <si>
     <t>#29 Billy Clifton - FB</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-BUF 30 (14:15) 30-Henry Pierce ran to BUF 31 for a short loss. Tackle by 92-John French.</t>
   </si>
   <si>
     <t>#33 Thomas Lal - RB</t>
   </si>
   <si>
     <t>#80 Jacob Robinson - TE</t>
   </si>
   <si>
     <t>#88 Kyle Smith - TE</t>
   </si>
   <si>
     <t>#99 Kenneth Cruz - LDE</t>
   </si>
   <si>
-    <t>#46 Monty Decarlo - SS</t>
+    <t>#37 Monty Decarlo - FS</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>BUF 31</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-10-BUF 31 (13:37) 9-Melvin Betts sacked at BUF 39 for -8 yards (90-Paul Rojas). Sack allowed by 77-Troy Hernandez.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>BUF 39</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>LVR 28</t>
   </si>
   <si>
     <t>4-1-LVR 28 (11:15) 1-Thomas McKernan punts 54 yards to BUF 18. 37-Chris Bennett to BUF 31 for 13 yards. Tackle by 63-James Foreman. 54-Warren Ruth was completely beat on that play.</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
   <si>
     <t>1-10-BUF 31 (11:04) 4-Eugene Chew pass Pass knocked down by 21-Monty Aaron. incomplete, intended for 31-Raymond Flores.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-BUF 31 (11:01) PENALTY - False Start (BUF 18-Michael Lindauer)</t>
   </si>
   <si>
-    <t>#29 Raymond Lundquist - CB</t>
+    <t>#28 Raymond Lundquist - CB</t>
   </si>
   <si>
     <t>BUF 26</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-15-BUF 26 (11:01) 4-Eugene Chew pass complete to 39-Loyd Coleman to BUF 28 for 2 yards. Tackle by 27-John Robertson. 39-Loyd Coleman did some fancy footwork there.</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>BUF 28</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-13-BUF 28 (10:27) 4-Eugene Chew pass Pass knocked down by 57-Willie Clark. incomplete, intended for 83-Bryan Andrews. Pressure by 69-Pedro Winters.</t>
   </si>
@@ -1313,51 +1313,51 @@
   <si>
     <t>4-29-BUF 44 (1:05) 1-Thomas McKernan punts 48 yards to BUF -4.4-29-BUF 44 (1:05) 1-Thomas McKernan punts 48 yards to BUF -4. Touchback.</t>
   </si>
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>1-10-BUF 20 (0:56) 31-Raymond Flores ran to BUF 31 for 11 yards. Tackle by 44-Valentin Cope.</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>1-10-BUF 31 (0:22) 31-Raymond Flores ran to BUF 35 for 4 yards. Tackle by 58-Michael Dorsey.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 8-Roger Vargas kicks 74 yards from BUF 35 to LVR -9. Touchback.</t>
   </si>
   <si>
     <t>#96 Justin Hayden - SLB</t>
   </si>
   <si>
-    <t>#4 Roger Vargas - K</t>
+    <t>#13 Roger Vargas - K</t>
   </si>
   <si>
     <t>LVR 25</t>
   </si>
   <si>
     <t>1-10-LVR 25 (15:00) 9-Melvin Betts pass incomplete, intended for 81-Thomas Leyva.</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-10-LVR 25 (14:58) 30-Henry Pierce ran to LVR 26 for 1 yards. Tackle by 90-Paul Rojas. 49-Billy Clifton was completely beat on that play.</t>
   </si>
   <si>
     <t>LVR 26</t>
   </si>
   <si>
     <t>3-9-LVR 26 (14:17) 9-Melvin Betts sacked at LVR 16 for -9 yards (90-Paul Rojas). Sack allowed by 77-Troy Hernandez. PENALTY - Holding (LVR 79-Larry Felan) (Declined)</t>
   </si>
   <si>
     <t>14:13</t>
   </si>