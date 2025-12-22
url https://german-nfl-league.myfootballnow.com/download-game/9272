--- v0 (2025-10-25)
+++ v1 (2025-12-22)
@@ -302,54 +302,54 @@
   <si>
     <t>(15:00) 17-Richard Abbott kicks 72 yards from MIA 35 to CAR -7. Touchback.</t>
   </si>
   <si>
     <t>#32 Joseph Bradshaw - FB</t>
   </si>
   <si>
     <t>#74 Howard Guan - RT</t>
   </si>
   <si>
     <t>#82 Daniel Wright - TE</t>
   </si>
   <si>
     <t>#85 Bobby Keyes - TE</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#42 John Massingill - FB</t>
   </si>
   <si>
     <t>#84 Mathew Greer - WR</t>
   </si>
   <si>
-    <t>#42 Travis Johnson - FS</t>
-[...2 lines deleted...]
-    <t>#83 Stephen Jenks - WR</t>
+    <t>#42 Travis Johnson - SS</t>
+  </si>
+  <si>
+    <t>#83 Stephen Jenks - TE</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#98 Daniel Shirk - WLB</t>
   </si>
   <si>
     <t>#17 Richard Abbott - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 8-Robert Campos pass complete to 22-Stephen Wilson to CAR 37 for 12 yards. Tackle by 48-Elliott Tutt.</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-MIA 48 (13:28) 8-Robert Campos pass incomplete, intended for 22-Stephen Wilson. 54-Orlando Valenzuela got away with a hold on that play.</t>
   </si>
   <si>
     <t>#18 Ismael Daniels - WR</t>
   </si>
   <si>
     <t>#81 Jason Bonner - WR</t>
   </si>
   <si>
     <t>#99 William Pankey - SLB</t>
   </si>
   <si>
     <t>#57 Marlon Cardenas - MLB</t>
   </si>
   <si>
     <t>#29 Orlando Valenzuela - CB</t>
   </si>
   <si>
     <t>#26 Billy Massey - CB</t>
   </si>
   <si>
-    <t>#59 Angel Horn - MLB</t>
+    <t>#47 Angel Horn - SS</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>2-10-MIA 48 (13:24) 8-Robert Campos pass complete to 22-Stephen Wilson to MIA 29 for 19 yards. 22-Stephen Wilson breaks down the CB.</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>MIA 29</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-MIA 29 (12:36) 24-Leonardo Dennis ran to MIA 28 for 1 yards. Tackle by 95-Gary Watkins.</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-MIA 25 (11:53) 1-Ryan Otero pass complete to 41-Robert Simpson to CAR 47 for 28 yards. Tackle by 28-Mike Sera.</t>
   </si>
   <si>
     <t>#1 Ryan Otero - QB</t>
   </si>
   <si>
     <t>#41 Robert Simpson - WR</t>
   </si>
   <si>
     <t>#84 Aurelio Sharkey - TE</t>
   </si>
   <si>
     <t>#18 Jerrod Brien - WR</t>
   </si>
   <si>
-    <t>#85 Dominick Green - WR</t>
+    <t>#81 Dominick Green - WR</t>
   </si>
   <si>
     <t>#76 Edward Foster - LT</t>
   </si>
   <si>
     <t>#77 Sergio Harden - LG</t>
   </si>
   <si>
     <t>#69 Wayne Childs - C</t>
   </si>
   <si>
     <t>#67 David Eldridge - RG</t>
   </si>
   <si>
     <t>#76 Kristopher Campbell - LG</t>
   </si>
   <si>
     <t>#72 Theodore Fulton - RDE</t>
   </si>
   <si>
     <t>#68 Keith Keating - DT</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>