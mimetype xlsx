--- v1 (2025-12-22)
+++ v2 (2026-01-17)
@@ -284,72 +284,72 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Richard Abbott kicks 72 yards from MIA 35 to CAR -7. Touchback.</t>
   </si>
   <si>
     <t>#32 Joseph Bradshaw - FB</t>
   </si>
   <si>
-    <t>#74 Howard Guan - RT</t>
+    <t>#75 Howard Guan - LT</t>
   </si>
   <si>
     <t>#82 Daniel Wright - TE</t>
   </si>
   <si>
-    <t>#85 Bobby Keyes - TE</t>
+    <t>#81 Bobby Keyes - TE</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#42 John Massingill - FB</t>
   </si>
   <si>
     <t>#84 Mathew Greer - WR</t>
   </si>
   <si>
-    <t>#42 Travis Johnson - SS</t>
-[...2 lines deleted...]
-    <t>#83 Stephen Jenks - TE</t>
+    <t>#42 Travis Johnson - CB</t>
+  </si>
+  <si>
+    <t>#84 Stephen Jenks - TE</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#98 Daniel Shirk - WLB</t>
   </si>
   <si>
     <t>#17 Richard Abbott - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 8-Robert Campos pass complete to 22-Stephen Wilson to CAR 37 for 12 yards. Tackle by 48-Elliott Tutt.</t>
   </si>
@@ -377,96 +377,96 @@
   <si>
     <t>#92 Gary Watkins - DT</t>
   </si>
   <si>
     <t>#92 Jesse Woodbury - RDE</t>
   </si>
   <si>
     <t>#59 Jason Shuffler - SLB</t>
   </si>
   <si>
     <t>#51 Glen Carpenter - MLB</t>
   </si>
   <si>
     <t>#50 Rafael Wolf - MLB</t>
   </si>
   <si>
     <t>#43 Gary Hammond - CB</t>
   </si>
   <si>
     <t>#38 Tim Bell - CB</t>
   </si>
   <si>
     <t>#28 Brian Grigsby - CB</t>
   </si>
   <si>
-    <t>#42 William Haddad - SS</t>
+    <t>#31 William Haddad - FS</t>
   </si>
   <si>
     <t>#49 Elliott Tutt - CB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>CAR 37</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-CAR 37 (14:13) 8-Robert Campos ran to MIA 48 for 15 yards. 8-Robert Campos slides to avoid being hit.</t>
   </si>
   <si>
-    <t>#48 Leonardo Dennis - FB</t>
+    <t>#45 Leonardo Dennis - FB</t>
   </si>
   <si>
     <t>#74 Jason Smith - DT</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>MIA 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-MIA 48 (13:28) 8-Robert Campos pass incomplete, intended for 22-Stephen Wilson. 54-Orlando Valenzuela got away with a hold on that play.</t>
   </si>
   <si>
     <t>#18 Ismael Daniels - WR</t>
   </si>
   <si>
     <t>#81 Jason Bonner - WR</t>
   </si>
   <si>
-    <t>#99 William Pankey - SLB</t>
+    <t>#79 William Pankey - LDE</t>
   </si>
   <si>
     <t>#57 Marlon Cardenas - MLB</t>
   </si>
   <si>
     <t>#29 Orlando Valenzuela - CB</t>
   </si>
   <si>
     <t>#26 Billy Massey - CB</t>
   </si>
   <si>
     <t>#47 Angel Horn - SS</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>2-10-MIA 48 (13:24) 8-Robert Campos pass complete to 22-Stephen Wilson to MIA 29 for 19 yards. 22-Stephen Wilson breaks down the CB.</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
@@ -494,117 +494,117 @@
   <si>
     <t>2-9-MIA 28 (11:59) 8-Robert Campos pass complete to 86-John Massingill for 28 yards. TOUCHDOWN! MIA 0 CAR 6</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:53) Extra point GOOD by 2-Henry Doak. MIA 0 CAR 7</t>
   </si>
   <si>
     <t>#5 Brent Knight - P</t>
   </si>
   <si>
     <t>#2 Henry Doak - K</t>
   </si>
   <si>
-    <t>#70 Anthony Hale - C</t>
-[...2 lines deleted...]
-    <t>#67 Salvatore McHugh - RG</t>
+    <t>#61 Anthony Hale - C</t>
+  </si>
+  <si>
+    <t>#55 Salvatore McHugh - RG</t>
   </si>
   <si>
     <t>#70 Kenneth Lowe - RDE</t>
   </si>
   <si>
     <t>#56 Stephen Hendrick - LDE</t>
   </si>
   <si>
     <t>#79 Tyree Todd - LDE</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>(11:53) 2-Henry Doak kicks 73 yards from CAR 35 to MIA -8. Touchback.</t>
   </si>
   <si>
-    <t>#25 Sam McMahan - RB</t>
+    <t>#45 Sam McMahan - RB</t>
   </si>
   <si>
     <t>#20 Carmen Hawkins - RB</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-MIA 25 (11:53) 1-Ryan Otero pass complete to 41-Robert Simpson to CAR 47 for 28 yards. Tackle by 28-Mike Sera.</t>
   </si>
   <si>
     <t>#1 Ryan Otero - QB</t>
   </si>
   <si>
     <t>#41 Robert Simpson - WR</t>
   </si>
   <si>
     <t>#84 Aurelio Sharkey - TE</t>
   </si>
   <si>
     <t>#18 Jerrod Brien - WR</t>
   </si>
   <si>
     <t>#81 Dominick Green - WR</t>
   </si>
   <si>
     <t>#76 Edward Foster - LT</t>
   </si>
   <si>
     <t>#77 Sergio Harden - LG</t>
   </si>
   <si>
     <t>#69 Wayne Childs - C</t>
   </si>
   <si>
     <t>#67 David Eldridge - RG</t>
   </si>
   <si>
-    <t>#76 Kristopher Campbell - LG</t>
+    <t>#76 Kristopher Campbell - RG</t>
   </si>
   <si>
     <t>#72 Theodore Fulton - RDE</t>
   </si>
   <si>
     <t>#68 Keith Keating - DT</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
     <t>#92 Nathan Turner - SLB</t>
   </si>
   <si>
     <t>#56 Horace Farley - MLB</t>
   </si>
   <si>
     <t>#24 John Copeland - CB</t>
   </si>
   <si>
     <t>#29 Alan Tarvin - SS</t>
   </si>
@@ -1463,51 +1463,51 @@
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>(4:36) 17-Richard Abbott kicks 75 yards from MIA 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-CAR 25 (4:36) 22-Stephen Wilson ran to CAR 27 for 2 yards. Tackle by 95-Gary Watkins.</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>2-8-CAR 27 (3:56) 8-Robert Campos pass complete to 84-Mathew Greer for 73 yards. TOUCHDOWN! MIA 17 CAR 30</t>
   </si>
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>(3:46) Extra point GOOD by 2-Henry Doak. MIA 17 CAR 31</t>
   </si>
   <si>
-    <t>#63 Allen Crump - RG</t>
+    <t>#62 Allen Crump - RG</t>
   </si>
   <si>
     <t>(3:46) 2-Henry Doak kicks 74 yards from CAR 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-MIA 25 (3:46) 25-Sam McMahan ran to MIA 26 for 1 yards. Tackle by 64-Daniel Espada.</t>
   </si>
   <si>
     <t>3:03</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-9-MIA 26 (3:02) 1-Ryan Otero pass complete to 25-Sam McMahan to MIA 31 for 5 yards. Tackle by 44-Alan Tarvin. 25-Sam McMahan breaks down the CB.</t>
   </si>
   <si>
     <t>2:17</t>
   </si>
   <si>
     <t>3-4-MIA 31 (2:16) 25-Sam McMahan ran to MIA 34 for 3 yards. Tackle by 44-Alan Tarvin.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>