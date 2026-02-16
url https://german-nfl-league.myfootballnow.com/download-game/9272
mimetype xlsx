--- v2 (2026-01-17)
+++ v3 (2026-02-16)
@@ -422,51 +422,51 @@
   <si>
     <t>#45 Leonardo Dennis - FB</t>
   </si>
   <si>
     <t>#74 Jason Smith - DT</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>MIA 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-MIA 48 (13:28) 8-Robert Campos pass incomplete, intended for 22-Stephen Wilson. 54-Orlando Valenzuela got away with a hold on that play.</t>
   </si>
   <si>
     <t>#18 Ismael Daniels - WR</t>
   </si>
   <si>
     <t>#81 Jason Bonner - WR</t>
   </si>
   <si>
-    <t>#79 William Pankey - LDE</t>
+    <t>#74 William Pankey - DT</t>
   </si>
   <si>
     <t>#57 Marlon Cardenas - MLB</t>
   </si>
   <si>
     <t>#29 Orlando Valenzuela - CB</t>
   </si>
   <si>
     <t>#26 Billy Massey - CB</t>
   </si>
   <si>
     <t>#47 Angel Horn - SS</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>2-10-MIA 48 (13:24) 8-Robert Campos pass complete to 22-Stephen Wilson to MIA 29 for 19 yards. 22-Stephen Wilson breaks down the CB.</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
@@ -536,117 +536,117 @@
   <si>
     <t>(11:53) 2-Henry Doak kicks 73 yards from CAR 35 to MIA -8. Touchback.</t>
   </si>
   <si>
     <t>#45 Sam McMahan - RB</t>
   </si>
   <si>
     <t>#20 Carmen Hawkins - RB</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-MIA 25 (11:53) 1-Ryan Otero pass complete to 41-Robert Simpson to CAR 47 for 28 yards. Tackle by 28-Mike Sera.</t>
   </si>
   <si>
     <t>#1 Ryan Otero - QB</t>
   </si>
   <si>
-    <t>#41 Robert Simpson - WR</t>
+    <t>#41 Robert Simpson - TE</t>
   </si>
   <si>
     <t>#84 Aurelio Sharkey - TE</t>
   </si>
   <si>
     <t>#18 Jerrod Brien - WR</t>
   </si>
   <si>
     <t>#81 Dominick Green - WR</t>
   </si>
   <si>
     <t>#76 Edward Foster - LT</t>
   </si>
   <si>
     <t>#77 Sergio Harden - LG</t>
   </si>
   <si>
     <t>#69 Wayne Childs - C</t>
   </si>
   <si>
     <t>#67 David Eldridge - RG</t>
   </si>
   <si>
     <t>#76 Kristopher Campbell - RG</t>
   </si>
   <si>
     <t>#72 Theodore Fulton - RDE</t>
   </si>
   <si>
     <t>#68 Keith Keating - DT</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
-    <t>#92 Nathan Turner - SLB</t>
+    <t>#52 Nathan Turner - MLB</t>
   </si>
   <si>
     <t>#56 Horace Farley - MLB</t>
   </si>
   <si>
     <t>#24 John Copeland - CB</t>
   </si>
   <si>
     <t>#29 Alan Tarvin - SS</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>CAR 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 47 (11:08) 25-Sam McMahan ran to CAR 48 for -1 yards. Tackle by 57-Nathan Turner.</t>
   </si>
   <si>
-    <t>#81 Patrick Tuttle - WR</t>
+    <t>#11 Patrick Tuttle - WR</t>
   </si>
   <si>
     <t>#72 Raymond Rodarte - LDE</t>
   </si>
   <si>
     <t>#21 Francis Hartin - CB</t>
   </si>
   <si>
     <t>#34 James Fullwood - CB</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>CAR 48</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-11-CAR 48 (10:28) 1-Ryan Otero pass complete to 25-Sam McMahan to CAR 48 for a short gain. Tackle by 58-Daniel Shirk.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
@@ -1298,51 +1298,51 @@
   <si>
     <t>1-10-MIA 25 (15:00) 1-Ryan Otero pass complete to 18-Jerrod Brien to CAR 47 for 28 yards.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-CAR 47 (14:15) 1-Ryan Otero pass complete to 84-Aurelio Sharkey to CAR 40 for 7 yards. Tackle by 20-John Copeland. Nice job by 84-Aurelio Sharkey on that route to lose his coverage. Pressure by 64-Daniel Espada.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>CAR 40</t>
   </si>
   <si>
     <t>2-3-CAR 40 (13:33) 25-Sam McMahan ran to CAR 30 for 10 yards. Tackle by 42-Travis Johnson.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-CAR 30 (12:47) 20-Carmen Hawkins ran to CAR 28 for 1 yards. Tackle by 72-Theodore Fulton. 84-Aurelio Sharkey was completely beat on that play.</t>
   </si>
   <si>
-    <t>#87 Benjamin Bartlett - TE</t>
+    <t>#87 Benjamin Bartlett - WR</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>CAR 28</t>
   </si>
   <si>
     <t>2-9-CAR 28 (12:13) 1-Ryan Otero pass complete to 85-Dominick Green for 28 yards. TOUCHDOWN! MIA 13 CAR 21</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>(12:08) Extra point GOOD by 17-Richard Abbott. MIA 14 CAR 21</t>
   </si>
   <si>
     <t>(12:08) 17-Richard Abbott kicks 76 yards from MIA 35 to CAR -11. Touchback.</t>
   </si>
   <si>
     <t>1-10-CAR 25 (12:08) 8-Robert Campos pass complete to 88-Stephen Jenks to CAR 39 for 14 yards. Tackle by 42-William Haddad. 43-Gary Hammond got away with a hold on that play.</t>
   </si>
   <si>
     <t>11:29</t>
   </si>