--- v3 (2026-02-16)
+++ v4 (2026-03-22)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Richard Abbott kicks 72 yards from MIA 35 to CAR -7. Touchback.</t>
   </si>
   <si>
     <t>#32 Joseph Bradshaw - FB</t>
   </si>
   <si>
     <t>#75 Howard Guan - LT</t>
   </si>
   <si>
     <t>#82 Daniel Wright - TE</t>
   </si>
   <si>
     <t>#81 Bobby Keyes - TE</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
-    <t>#42 John Massingill - FB</t>
+    <t>#34 John Massingill - FB</t>
   </si>
   <si>
     <t>#84 Mathew Greer - WR</t>
   </si>
   <si>
     <t>#42 Travis Johnson - CB</t>
   </si>
   <si>
     <t>#84 Stephen Jenks - TE</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#98 Daniel Shirk - WLB</t>
   </si>
   <si>
     <t>#17 Richard Abbott - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
@@ -422,51 +422,51 @@
   <si>
     <t>#45 Leonardo Dennis - FB</t>
   </si>
   <si>
     <t>#74 Jason Smith - DT</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>MIA 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-MIA 48 (13:28) 8-Robert Campos pass incomplete, intended for 22-Stephen Wilson. 54-Orlando Valenzuela got away with a hold on that play.</t>
   </si>
   <si>
     <t>#18 Ismael Daniels - WR</t>
   </si>
   <si>
     <t>#81 Jason Bonner - WR</t>
   </si>
   <si>
-    <t>#74 William Pankey - DT</t>
+    <t>#76 William Pankey - LDE</t>
   </si>
   <si>
     <t>#57 Marlon Cardenas - MLB</t>
   </si>
   <si>
     <t>#29 Orlando Valenzuela - CB</t>
   </si>
   <si>
     <t>#26 Billy Massey - CB</t>
   </si>
   <si>
     <t>#47 Angel Horn - SS</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>2-10-MIA 48 (13:24) 8-Robert Campos pass complete to 22-Stephen Wilson to MIA 29 for 19 yards. 22-Stephen Wilson breaks down the CB.</t>
   </si>
   <si>
     <t>12:37</t>
   </si>