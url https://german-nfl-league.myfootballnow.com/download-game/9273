--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -374,51 +374,51 @@
   <si>
     <t>#79 Ray Mora - LT</t>
   </si>
   <si>
     <t>#73 Fred Manley - C</t>
   </si>
   <si>
     <t>#72 Theodore Peck - RG</t>
   </si>
   <si>
     <t>#68 Steven Garrett - C</t>
   </si>
   <si>
     <t>#94 Delbert Clay - LDE</t>
   </si>
   <si>
     <t>#51 Steven Gravatt - MLB</t>
   </si>
   <si>
     <t>#99 Ronnie McCallister - DT</t>
   </si>
   <si>
     <t>#57 Manuel Benoit - SLB</t>
   </si>
   <si>
-    <t>#93 Jason Lin - LDE</t>
+    <t>#51 Jason Lin - LDE</t>
   </si>
   <si>
     <t>#59 Mario Hoeft - WLB</t>
   </si>
   <si>
     <t>#24 Kelly Morton - CB</t>
   </si>
   <si>
     <t>#30 James Gibbs - SS</t>
   </si>
   <si>
     <t>#48 Devon Factor - SS</t>
   </si>
   <si>
     <t>#38 Jonathon Fitzpatrick - FS</t>
   </si>
   <si>
     <t>#28 Henry Macneil - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>DEN 33</t>
   </si>
@@ -500,138 +500,138 @@
   <si>
     <t>3-7-CHI 29 (11:01) 9-JJ McCarthy pass incomplete, dropped by 83-Frank Schilling.</t>
   </si>
   <si>
     <t>#34 Dirk Galloway - WR</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-CHI 29 (10:57) 2-Michael Kittelson 46 yard field goal is GOOD. DEN 3 CHI 0</t>
   </si>
   <si>
     <t>#2 Michael Kittelson - K</t>
   </si>
   <si>
     <t>#69 Alexander Maston - RT</t>
   </si>
   <si>
-    <t>#76 Anthony Mattson - C</t>
+    <t>#73 Anthony Mattson - C</t>
   </si>
   <si>
     <t>#72 Gerald Feldman - LT</t>
   </si>
   <si>
     <t>#61 Christopher George - LG</t>
   </si>
   <si>
     <t>#67 Nelson Greenhill - RDE</t>
   </si>
   <si>
     <t>#95 Joseph Primus - MLB</t>
   </si>
   <si>
     <t>#91 Larry Hickman - MLB</t>
   </si>
   <si>
     <t>#50 Victor Wise - MLB</t>
   </si>
   <si>
     <t>#96 Carlos Hooks - DT</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>(10:54) 2-Michael Kittelson kicks 75 yards from DEN 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#1 Mitchell Seabolt - RB</t>
   </si>
   <si>
-    <t>#99 Lawrence Haines - WLB</t>
+    <t>#55 Lawrence Haines - WLB</t>
   </si>
   <si>
     <t>#91 Albert Allen - LDE</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CHI 25 (10:54) 46-Pat McDonald ran to CHI 24 for -1 yards. Tackle by 95-Dennis Gonzalez.</t>
   </si>
   <si>
     <t>#9 David Manno - QB</t>
   </si>
   <si>
     <t>#21 Pat McDonald - RB</t>
   </si>
   <si>
     <t>#43 Robert Morris - TE</t>
   </si>
   <si>
     <t>#42 Charles Boyers - TE</t>
   </si>
   <si>
     <t>#84 Alberto Jones - WR</t>
   </si>
   <si>
     <t>#65 Sean Casanova - RG</t>
   </si>
   <si>
-    <t>#77 Dennis Clay - LG</t>
+    <t>#62 Dennis Clay - LG</t>
   </si>
   <si>
     <t>#76 Daniel Pendergrass - C</t>
   </si>
   <si>
     <t>#76 Daniel Austin - RG</t>
   </si>
   <si>
     <t>#62 William Perez - RT</t>
   </si>
   <si>
     <t>#95 Dennis Gonzalez - DT</t>
   </si>
   <si>
-    <t>#90 Ray Jaeger - RDE</t>
+    <t>#78 Ray Jaeger - RDE</t>
   </si>
   <si>
     <t>#99 Barry Durkee - MLB</t>
   </si>
   <si>
     <t>#37 William Beard - FS</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>CHI 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-CHI 24 (10:20) PENALTY - False Start (CHI 46-Pat McDonald)</t>
   </si>
   <si>
     <t>#44 Gregg Romriell - RB</t>
   </si>