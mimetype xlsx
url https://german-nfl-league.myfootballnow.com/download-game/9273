--- v1 (2025-12-17)
+++ v2 (2026-01-08)
@@ -341,210 +341,210 @@
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 7-Richard Davis ran to DEN 33 for 8 yards. Tackle by 20-Jonathon Fitzpatrick.</t>
   </si>
   <si>
     <t>#9 JJ McCarthy - QB</t>
   </si>
   <si>
     <t>#7 Richard Davis - RB</t>
   </si>
   <si>
     <t>#87 Frank Schilling - TE</t>
   </si>
   <si>
-    <t>#84 Steven Ruano - WR</t>
+    <t>#86 Steven Ruano - WR</t>
   </si>
   <si>
     <t>#11 Michael Stagg - WR</t>
   </si>
   <si>
     <t>#74 Justin Smalls - LG</t>
   </si>
   <si>
     <t>#79 Ray Mora - LT</t>
   </si>
   <si>
     <t>#73 Fred Manley - C</t>
   </si>
   <si>
     <t>#72 Theodore Peck - RG</t>
   </si>
   <si>
     <t>#68 Steven Garrett - C</t>
   </si>
   <si>
     <t>#94 Delbert Clay - LDE</t>
   </si>
   <si>
     <t>#51 Steven Gravatt - MLB</t>
   </si>
   <si>
     <t>#99 Ronnie McCallister - DT</t>
   </si>
   <si>
     <t>#57 Manuel Benoit - SLB</t>
   </si>
   <si>
     <t>#51 Jason Lin - LDE</t>
   </si>
   <si>
     <t>#59 Mario Hoeft - WLB</t>
   </si>
   <si>
-    <t>#24 Kelly Morton - CB</t>
+    <t>#9 Kelly Morton - CB</t>
   </si>
   <si>
     <t>#30 James Gibbs - SS</t>
   </si>
   <si>
     <t>#48 Devon Factor - SS</t>
   </si>
   <si>
     <t>#38 Jonathon Fitzpatrick - FS</t>
   </si>
   <si>
     <t>#28 Henry Macneil - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>DEN 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-2-DEN 33 (14:25) 7-Richard Davis ran to DEN 43 for 10 yards. Tackle by 97-Manuel Benoit.</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>DEN 43</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DEN 43 (13:42) 17-Shelby Kardos ran to CHI 47 for 10 yards. Tackle by 20-Jonathon Fitzpatrick.</t>
   </si>
   <si>
     <t>#43 Shelby Kardos - TE</t>
   </si>
   <si>
-    <t>#58 Andrew Arena - MLB</t>
+    <t>#98 Andrew Arena - MLB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>2-1-CHI 47 (12:55) 7-Richard Davis ran to CHI 32 for 15 yards. Tackle by 93-Jason Lin.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>CHI 32</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-CHI 32 (12:17) 17-Shelby Kardos ran to CHI 32 for a short gain. Tackle by 90-Ronnie McCallister.</t>
   </si>
   <si>
-    <t>#49 Michael Edwards - SS</t>
+    <t>#20 Michael Edwards - CB</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-10-CHI 32 (11:38) 9-JJ McCarthy pass complete to 8-Ricardo Mills to CHI 29 for 3 yards. Tackle by 93-Jason Lin.</t>
   </si>
   <si>
     <t>#44 David Prater - FB</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>CHI 29</t>
   </si>
   <si>
     <t>Shotgun Normal Post Flags</t>
   </si>
   <si>
     <t>3-7-CHI 29 (11:01) 9-JJ McCarthy pass incomplete, dropped by 83-Frank Schilling.</t>
   </si>
   <si>
     <t>#34 Dirk Galloway - WR</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-CHI 29 (10:57) 2-Michael Kittelson 46 yard field goal is GOOD. DEN 3 CHI 0</t>
   </si>
   <si>
     <t>#2 Michael Kittelson - K</t>
   </si>
   <si>
     <t>#69 Alexander Maston - RT</t>
   </si>
   <si>
-    <t>#73 Anthony Mattson - C</t>
+    <t>#76 Anthony Mattson - C</t>
   </si>
   <si>
     <t>#72 Gerald Feldman - LT</t>
   </si>
   <si>
     <t>#61 Christopher George - LG</t>
   </si>
   <si>
     <t>#67 Nelson Greenhill - RDE</t>
   </si>
   <si>
     <t>#95 Joseph Primus - MLB</t>
   </si>
   <si>
     <t>#91 Larry Hickman - MLB</t>
   </si>
   <si>
     <t>#50 Victor Wise - MLB</t>
   </si>
   <si>
     <t>#96 Carlos Hooks - DT</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
@@ -557,108 +557,108 @@
   <si>
     <t>#1 Mitchell Seabolt - RB</t>
   </si>
   <si>
     <t>#55 Lawrence Haines - WLB</t>
   </si>
   <si>
     <t>#91 Albert Allen - LDE</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CHI 25 (10:54) 46-Pat McDonald ran to CHI 24 for -1 yards. Tackle by 95-Dennis Gonzalez.</t>
   </si>
   <si>
     <t>#9 David Manno - QB</t>
   </si>
   <si>
-    <t>#21 Pat McDonald - RB</t>
+    <t>#21 Pat McDonald - FB</t>
   </si>
   <si>
     <t>#43 Robert Morris - TE</t>
   </si>
   <si>
-    <t>#42 Charles Boyers - TE</t>
+    <t>#2 Charles Boyers - FB</t>
   </si>
   <si>
     <t>#84 Alberto Jones - WR</t>
   </si>
   <si>
     <t>#65 Sean Casanova - RG</t>
   </si>
   <si>
     <t>#62 Dennis Clay - LG</t>
   </si>
   <si>
     <t>#76 Daniel Pendergrass - C</t>
   </si>
   <si>
     <t>#76 Daniel Austin - RG</t>
   </si>
   <si>
-    <t>#62 William Perez - RT</t>
+    <t>#69 William Perez - RT</t>
   </si>
   <si>
     <t>#95 Dennis Gonzalez - DT</t>
   </si>
   <si>
     <t>#78 Ray Jaeger - RDE</t>
   </si>
   <si>
     <t>#99 Barry Durkee - MLB</t>
   </si>
   <si>
     <t>#37 William Beard - FS</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>CHI 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-CHI 24 (10:20) PENALTY - False Start (CHI 46-Pat McDonald)</t>
   </si>
   <si>
     <t>#44 Gregg Romriell - RB</t>
   </si>
   <si>
-    <t>#84 William Riggs - WR</t>
+    <t>#27 William Riggs - RB</t>
   </si>
   <si>
     <t>#45 Frank Willis - CB</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>CHI 19</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-16-CHI 19 (10:20) 11-David Manno pass complete to 46-Pat McDonald to CHI 18 for -1 yards. Tackle by 47-James Alley.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>CHI 18</t>
   </si>
@@ -677,51 +677,51 @@
   <si>
     <t>CHI 27</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-CHI 27 (9:00) 14-Brian Perry punts 41 yards to DEN 33. 8-Ricardo Mills to DEN 39 for 7 yards. Tackle by 94-Delbert Clay.</t>
   </si>
   <si>
     <t>#14 Brian Perry - P</t>
   </si>
   <si>
     <t>#70 Charles Chambers - LT</t>
   </si>
   <si>
     <t>#60 David Burton - RT</t>
   </si>
   <si>
     <t>#68 Harold Miller - C</t>
   </si>
   <si>
-    <t>#65 Ted Gerrish - LG</t>
+    <t>#74 Ted Gerrish - RT</t>
   </si>
   <si>
     <t>#51 William Williams - SLB</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>DEN 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DEN 39 (8:52) 9-JJ McCarthy pass Pass knocked down by 48-Devon Factor. incomplete, intended for 84-Steven Ruano.</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -1316,51 +1316,51 @@
   <si>
     <t>(15:00) 2-Michael Kittelson kicks 74 yards from DEN 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 46-Pat McDonald ran to CHI 21 for -4 yards. Tackle by 45-Frank Willis.</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>2-14-CHI 21 (14:27) 11-David Manno pass complete to 46-Pat McDonald to CHI 26 for 5 yards. Tackle by 47-James Alley.</t>
   </si>
   <si>
     <t>13:53</t>
   </si>
   <si>
     <t>3-9-CHI 26 (13:52) 11-David Manno pass Pass knocked down by 21-Antonio Morgan. incomplete, intended for 10-Alberto Jones. PENALTY - Pass Interference (DEN 39-Marcos Boone)</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>1-10-CHI 32 (13:49) 47-Gregg Romriell ran to CHI 31 for a short loss. Tackle by 56-James Rogers.</t>
   </si>
   <si>
-    <t>#45 Nolan Rankin - RB</t>
+    <t>#29 Nolan Rankin - RB</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-10-CHI 31 (13:06) 11-David Manno pass complete to 88-Mitchell Seabolt to CHI 38 for 7 yards. Tackle by 46-William Beard.</t>
   </si>
   <si>
     <t>#53 Antonio Little - WLB</t>
   </si>
   <si>
     <t>3-4-CHI 38 (12:25) 11-David Manno pass complete to 10-Alberto Jones to CHI 40 for 3 yards. Tackle by 26-James Windle.</t>
   </si>
   <si>
     <t>4-1-CHI 40 (11:47) 14-Brian Perry punts 42 yards to DEN 17.</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>DEN 17</t>
   </si>
@@ -1568,51 +1568,51 @@
   <si>
     <t>1:21</t>
   </si>
   <si>
     <t>3-10-CHI 25 (1:20) 11-David Manno pass complete to 46-Pat McDonald to CHI 27 for 3 yards. Tackle by 47-James Alley.</t>
   </si>
   <si>
     <t>0:38</t>
   </si>
   <si>
     <t>4-8-CHI 27 (0:37) 14-Brian Perry punts 48 yards to DEN 25. 8-Ricardo Mills to DEN 35 for 10 yards. 8-Ricardo Mills FUMBLES (53-Daniel Pendergrass) recovered by CHI-90-Ronnie McCallister to DEN 30 for 2 yards. Tackle by 8-Ricardo Mills.</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>DEN 30</t>
   </si>
   <si>
     <t>1-10-DEN 30 (0:28) 22-Robert Morris ran to DEN 23 for 7 yards. Tackle by 26-James Windle. CHI 84-William Riggs was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#55 Brad Campbell - RG</t>
   </si>
   <si>
-    <t>#32 Gordon Korando - FS</t>
+    <t>#45 Gordon Korando - FS</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>DEN 23</t>
   </si>
   <si>
     <t>2-3-DEN 23 (15:00) 11-David Manno pass complete to 87-Craig Campbell to DEN 8 for 15 yards. Tackle by 45-Frank Willis. Nice job by 87-Craig Campbell on that route to lose his coverage. 39-Marcos Boone got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>DEN 8</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-8-DEN 8 (14:14) 47-Gregg Romriell ran to DEN 13 for -5 yards. Tackle by 95-Dennis Gonzalez.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>