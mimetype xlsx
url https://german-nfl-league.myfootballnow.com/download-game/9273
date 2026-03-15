--- v2 (2026-01-08)
+++ v3 (2026-03-15)
@@ -293,51 +293,51 @@
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Brent Hansen kicks 74 yards from CHI 35 to DEN -9. Touchback.</t>
   </si>
   <si>
     <t>#89 Ricardo Mills - TE</t>
   </si>
   <si>
     <t>#93 Andre Delvalle - LDE</t>
   </si>
   <si>
     <t>#57 Antonio Morgan - MLB</t>
   </si>
   <si>
     <t>#54 James Rogers - SLB</t>
   </si>
   <si>
-    <t>#97 John Johnson - MLB</t>
+    <t>#55 John Johnson - MLB</t>
   </si>
   <si>
     <t>#47 James Alley - CB</t>
   </si>
   <si>
     <t>#72 Mike Curry - LDE</t>
   </si>
   <si>
     <t>#29 Delbert Scott - CB</t>
   </si>
   <si>
     <t>#28 Marcos Boone - CB</t>
   </si>
   <si>
     <t>#92 Francisco Kerns - DT</t>
   </si>
   <si>
     <t>#26 James Windle - FS</t>
   </si>
   <si>
     <t>#6 Brent Hansen - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
@@ -371,51 +371,51 @@
   <si>
     <t>#74 Justin Smalls - LG</t>
   </si>
   <si>
     <t>#79 Ray Mora - LT</t>
   </si>
   <si>
     <t>#73 Fred Manley - C</t>
   </si>
   <si>
     <t>#72 Theodore Peck - RG</t>
   </si>
   <si>
     <t>#68 Steven Garrett - C</t>
   </si>
   <si>
     <t>#94 Delbert Clay - LDE</t>
   </si>
   <si>
     <t>#51 Steven Gravatt - MLB</t>
   </si>
   <si>
     <t>#99 Ronnie McCallister - DT</t>
   </si>
   <si>
-    <t>#57 Manuel Benoit - SLB</t>
+    <t>#50 Manuel Benoit - SLB</t>
   </si>
   <si>
     <t>#51 Jason Lin - LDE</t>
   </si>
   <si>
     <t>#59 Mario Hoeft - WLB</t>
   </si>
   <si>
     <t>#9 Kelly Morton - CB</t>
   </si>
   <si>
     <t>#30 James Gibbs - SS</t>
   </si>
   <si>
     <t>#48 Devon Factor - SS</t>
   </si>
   <si>
     <t>#38 Jonathon Fitzpatrick - FS</t>
   </si>
   <si>
     <t>#28 Henry Macneil - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>2-1-CHI 47 (12:55) 7-Richard Davis ran to CHI 32 for 15 yards. Tackle by 93-Jason Lin.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>CHI 32</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-CHI 32 (12:17) 17-Shelby Kardos ran to CHI 32 for a short gain. Tackle by 90-Ronnie McCallister.</t>
   </si>
   <si>
-    <t>#20 Michael Edwards - CB</t>
+    <t>#38 Michael Edwards - SS</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-10-CHI 32 (11:38) 9-JJ McCarthy pass complete to 8-Ricardo Mills to CHI 29 for 3 yards. Tackle by 93-Jason Lin.</t>
   </si>
   <si>
     <t>#44 David Prater - FB</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>CHI 29</t>
   </si>
   <si>
     <t>Shotgun Normal Post Flags</t>
   </si>
   <si>
     <t>3-7-CHI 29 (11:01) 9-JJ McCarthy pass incomplete, dropped by 83-Frank Schilling.</t>
   </si>
@@ -578,90 +578,90 @@
   <si>
     <t>#9 David Manno - QB</t>
   </si>
   <si>
     <t>#21 Pat McDonald - FB</t>
   </si>
   <si>
     <t>#43 Robert Morris - TE</t>
   </si>
   <si>
     <t>#2 Charles Boyers - FB</t>
   </si>
   <si>
     <t>#84 Alberto Jones - WR</t>
   </si>
   <si>
     <t>#65 Sean Casanova - RG</t>
   </si>
   <si>
     <t>#62 Dennis Clay - LG</t>
   </si>
   <si>
     <t>#76 Daniel Pendergrass - C</t>
   </si>
   <si>
-    <t>#76 Daniel Austin - RG</t>
-[...2 lines deleted...]
-    <t>#69 William Perez - RT</t>
+    <t>#61 Daniel Austin - LG</t>
+  </si>
+  <si>
+    <t>#66 William Perez - RT</t>
   </si>
   <si>
     <t>#95 Dennis Gonzalez - DT</t>
   </si>
   <si>
     <t>#78 Ray Jaeger - RDE</t>
   </si>
   <si>
     <t>#99 Barry Durkee - MLB</t>
   </si>
   <si>
     <t>#37 William Beard - FS</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>CHI 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-CHI 24 (10:20) PENALTY - False Start (CHI 46-Pat McDonald)</t>
   </si>
   <si>
     <t>#44 Gregg Romriell - RB</t>
   </si>
   <si>
-    <t>#27 William Riggs - RB</t>
-[...2 lines deleted...]
-    <t>#45 Frank Willis - CB</t>
+    <t>#27 William Riggs - WR</t>
+  </si>
+  <si>
+    <t>#21 Frank Willis - CB</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>CHI 19</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-16-CHI 19 (10:20) 11-David Manno pass complete to 46-Pat McDonald to CHI 18 for -1 yards. Tackle by 47-James Alley.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>CHI 18</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>CHI 27</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-CHI 27 (9:00) 14-Brian Perry punts 41 yards to DEN 33. 8-Ricardo Mills to DEN 39 for 7 yards. Tackle by 94-Delbert Clay.</t>
   </si>
   <si>
     <t>#14 Brian Perry - P</t>
   </si>
   <si>
     <t>#70 Charles Chambers - LT</t>
   </si>
   <si>
     <t>#60 David Burton - RT</t>
   </si>
   <si>
-    <t>#68 Harold Miller - C</t>
+    <t>#58 Harold Miller - C</t>
   </si>
   <si>
     <t>#74 Ted Gerrish - RT</t>
   </si>
   <si>
     <t>#51 William Williams - SLB</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>DEN 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DEN 39 (8:52) 9-JJ McCarthy pass Pass knocked down by 48-Devon Factor. incomplete, intended for 84-Steven Ruano.</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
@@ -1316,51 +1316,51 @@
   <si>
     <t>(15:00) 2-Michael Kittelson kicks 74 yards from DEN 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 46-Pat McDonald ran to CHI 21 for -4 yards. Tackle by 45-Frank Willis.</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>2-14-CHI 21 (14:27) 11-David Manno pass complete to 46-Pat McDonald to CHI 26 for 5 yards. Tackle by 47-James Alley.</t>
   </si>
   <si>
     <t>13:53</t>
   </si>
   <si>
     <t>3-9-CHI 26 (13:52) 11-David Manno pass Pass knocked down by 21-Antonio Morgan. incomplete, intended for 10-Alberto Jones. PENALTY - Pass Interference (DEN 39-Marcos Boone)</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>1-10-CHI 32 (13:49) 47-Gregg Romriell ran to CHI 31 for a short loss. Tackle by 56-James Rogers.</t>
   </si>
   <si>
-    <t>#29 Nolan Rankin - RB</t>
+    <t>#26 Nolan Rankin - RB</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-10-CHI 31 (13:06) 11-David Manno pass complete to 88-Mitchell Seabolt to CHI 38 for 7 yards. Tackle by 46-William Beard.</t>
   </si>
   <si>
     <t>#53 Antonio Little - WLB</t>
   </si>
   <si>
     <t>3-4-CHI 38 (12:25) 11-David Manno pass complete to 10-Alberto Jones to CHI 40 for 3 yards. Tackle by 26-James Windle.</t>
   </si>
   <si>
     <t>4-1-CHI 40 (11:47) 14-Brian Perry punts 42 yards to DEN 17.</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>DEN 17</t>
   </si>