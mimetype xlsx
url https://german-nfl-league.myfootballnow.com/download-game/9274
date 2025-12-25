--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -350,78 +350,78 @@
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 13-Brian Sills pass incomplete, intended for 16-David Windham. PENALTY - Pass Interference (KCC 37-John Roach)</t>
   </si>
   <si>
     <t>#13 Brian Sills - QB</t>
   </si>
   <si>
     <t>#15 Jonathan Barker - WR</t>
   </si>
   <si>
     <t>#32 James Spurlock - RB</t>
   </si>
   <si>
     <t>#16 David Windham - WR</t>
   </si>
   <si>
     <t>#38 Neal Trinidad - WR</t>
   </si>
   <si>
     <t>#81 Joshua Moreland - TE</t>
   </si>
   <si>
-    <t>#54 Stephen Gomez - LT</t>
+    <t>#54 Stephen Gomez - C</t>
   </si>
   <si>
     <t>#70 Joseph Brown - LG</t>
   </si>
   <si>
     <t>#66 Lawrence Parodi - C</t>
   </si>
   <si>
     <t>#61 William Moser - RG</t>
   </si>
   <si>
     <t>#54 Michael Talbert - RT</t>
   </si>
   <si>
     <t>#64 Peter Bates - LDE</t>
   </si>
   <si>
     <t>#92 Donald Williams - DT</t>
   </si>
   <si>
     <t>#52 Alan Ohara - DT</t>
   </si>
   <si>
     <t>#54 David Rupp - RDE</t>
   </si>
   <si>
-    <t>#55 Cory Gibbons - SLB</t>
+    <t>#52 Cory Gibbons - SLB</t>
   </si>
   <si>
     <t>#97 Robert Brehmer - MLB</t>
   </si>
   <si>
     <t>#56 John Welch - WLB</t>
   </si>
   <si>
     <t>#37 John Roach - CB</t>
   </si>
   <si>
     <t>#24 William Rhinehart - CB</t>
   </si>
   <si>
     <t>#45 Clarence Sample - SS</t>
   </si>
   <si>
     <t>#21 Arthur Sanders - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BAL 34</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>#6 Francisco Utsey - QB</t>
   </si>
   <si>
     <t>#17 Bernard Graves - RB</t>
   </si>
   <si>
     <t>#88 Paul Maroney - TE</t>
   </si>
   <si>
     <t>#80 Lonnie Caldwell - TE</t>
   </si>
   <si>
     <t>#83 Jeremy Miller - TE</t>
   </si>
   <si>
     <t>#89 Sean Michaud - WR</t>
   </si>
   <si>
     <t>#76 Don Vandyne - LT</t>
   </si>
   <si>
     <t>#62 William Haro - LG</t>
   </si>
   <si>
-    <t>#69 Mark Johnson - C</t>
+    <t>#61 Mark Johnson - C</t>
   </si>
   <si>
     <t>#57 Christopher Galindo - RG</t>
   </si>
   <si>
     <t>#51 Jose Lee - RT</t>
   </si>
   <si>
     <t>#55 Donald Cunningham - DT</t>
   </si>
   <si>
     <t>#72 Bobby Richart - DT</t>
   </si>
   <si>
     <t>#95 Justin Turner - LDE</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>KCC 21</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -755,51 +755,51 @@
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>BAL 7</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-2-BAL 7 (6:06) 6-Francisco Utsey pass complete to 11-Michael Collie for 7 yards. TOUCHDOWN! PENALTY - Offsides (BAL 94-Carlos Carter) (Declined) KCC 6 BAL 0</t>
   </si>
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:03) Extra point GOOD by 13-Samuel Nelson. KCC 7 BAL 0</t>
   </si>
   <si>
-    <t>#18 Phillip Wheeler - P</t>
+    <t>#9 Phillip Wheeler - P</t>
   </si>
   <si>
     <t>#71 Russell Ybarra - RT</t>
   </si>
   <si>
     <t>#63 Jose Snyder - LT</t>
   </si>
   <si>
     <t>#66 Thomas Waggener - LG</t>
   </si>
   <si>
     <t>#73 Ricardo Magana - RG</t>
   </si>
   <si>
     <t>#67 Andres Miranda - WLB</t>
   </si>
   <si>
     <t>#49 James Aguilar - SS</t>
   </si>
   <si>
     <t>(6:03) 13-Samuel Nelson kicks 72 yards from KCC 35 to BAL -7. 88-Daniel Carter to BAL 17 for 25 yards. Tackle by 32-Ronald Ellison.</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
@@ -1121,51 +1121,51 @@
   <si>
     <t>4:13</t>
   </si>
   <si>
     <t>4-5-KCC 28 (4:12) 2-Leonidovych Slobodyanyuk 47 yard field goal is GOOD. KCC 14 BAL 3</t>
   </si>
   <si>
     <t>#17 Leonidovych Slobodyanyuk - K</t>
   </si>
   <si>
     <t>#70 William Nicholson - RDE</t>
   </si>
   <si>
     <t>#53 Orlando Prater - SLB</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>BAL 35</t>
   </si>
   <si>
     <t>(4:09) 2-Leonidovych Slobodyanyuk kicks 75 yards from BAL 35 to KCC -10. Touchback.</t>
   </si>
   <si>
-    <t>#32 Ronald Ellison - SS</t>
+    <t>#36 Ronald Ellison - SS</t>
   </si>
   <si>
     <t>1-10-KCC 25 (4:09) 17-Bernard Graves ran to KCC 26 for 1 yards. Tackle by 51-Nelson Plummer.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-9-KCC 26 (3:24) 6-Francisco Utsey pass Pass knocked down by 24-Adam Crofoot. incomplete, intended for 82-Lucius Yates.</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>3-9-KCC 26 (3:22) 6-Francisco Utsey pass complete to 86-Jeremy Miller to KCC 31 for 5 yards. Tackle by 94-Carlos Carter. 94-Carlos Carter got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>KCC 31</t>
   </si>
@@ -1487,51 +1487,51 @@
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-4-KCC 27 (5:43) 6-Francisco Utsey pass Pass knocked down by 26-William Bain. incomplete, intended for 11-Michael Collie.</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>3-4-KCC 27 (5:39) 84-Steven Salazar ran to KCC 37 for 10 yards. Tackle by 26-William Bain.</t>
   </si>
   <si>
     <t>4:58</t>
   </si>
   <si>
     <t>KCC 37</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-KCC 37 (4:57) 41-Timothy Campbell ran to KCC 48 for 11 yards. Tackle by 31-John Dorman.</t>
   </si>
   <si>
-    <t>#41 Timothy Campbell - RB</t>
+    <t>#30 Timothy Campbell - RB</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>1-10-KCC 48 (4:18) 84-Steven Salazar ran for 52 yards. TOUCHDOWN! KCC 34 BAL 6</t>
   </si>
   <si>
     <t>(4:09) Extra point GOOD by 13-Samuel Nelson. KCC 35 BAL 6</t>
   </si>
   <si>
     <t>(4:09) 13-Samuel Nelson kicks 72 yards from KCC 35 to BAL -7. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-BAL 25 (4:09) 4-Jonathan Barker ran to BAL 31 for 6 yards. Tackle by 45-Clarence Sample.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>2-4-BAL 31 (3:25) 4-Jonathan Barker ran to BAL 37 for 6 yards. Tackle by 45-Clarence Sample.</t>
   </si>
@@ -2284,74 +2284,74 @@
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>