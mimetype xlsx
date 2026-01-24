--- v1 (2025-12-25)
+++ v2 (2026-01-24)
@@ -356,90 +356,90 @@
   <si>
     <t>#13 Brian Sills - QB</t>
   </si>
   <si>
     <t>#15 Jonathan Barker - WR</t>
   </si>
   <si>
     <t>#32 James Spurlock - RB</t>
   </si>
   <si>
     <t>#16 David Windham - WR</t>
   </si>
   <si>
     <t>#38 Neal Trinidad - WR</t>
   </si>
   <si>
     <t>#81 Joshua Moreland - TE</t>
   </si>
   <si>
     <t>#54 Stephen Gomez - C</t>
   </si>
   <si>
     <t>#70 Joseph Brown - LG</t>
   </si>
   <si>
-    <t>#66 Lawrence Parodi - C</t>
+    <t>#57 Lawrence Parodi - C</t>
   </si>
   <si>
     <t>#61 William Moser - RG</t>
   </si>
   <si>
     <t>#54 Michael Talbert - RT</t>
   </si>
   <si>
-    <t>#64 Peter Bates - LDE</t>
+    <t>#70 Peter Bates - DT</t>
   </si>
   <si>
     <t>#92 Donald Williams - DT</t>
   </si>
   <si>
     <t>#52 Alan Ohara - DT</t>
   </si>
   <si>
     <t>#54 David Rupp - RDE</t>
   </si>
   <si>
     <t>#52 Cory Gibbons - SLB</t>
   </si>
   <si>
-    <t>#97 Robert Brehmer - MLB</t>
+    <t>#92 Robert Brehmer - MLB</t>
   </si>
   <si>
     <t>#56 John Welch - WLB</t>
   </si>
   <si>
     <t>#37 John Roach - CB</t>
   </si>
   <si>
     <t>#24 William Rhinehart - CB</t>
   </si>
   <si>
     <t>#45 Clarence Sample - SS</t>
   </si>
   <si>
-    <t>#21 Arthur Sanders - FS</t>
+    <t>#36 Arthur Sanders - SS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BAL 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BAL 34 (14:57) 13-Brian Sills pass incomplete, intended for 38-Neal Trinidad. KCC 52-Alan Ohara was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#35 Craig Peart - CB</t>
   </si>
   <si>
     <t>#38 Gene Nugent - CB</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
@@ -521,90 +521,90 @@
   <si>
     <t>3-2-KCC 48 (12:47) 4-Jonathan Barker ran to KCC 49 for -2 yards. Tackle by 97-Robert Brehmer.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>KCC 49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-KCC 49 (12:14) 5-Eric Warner punts 34 yards to KCC 15.</t>
   </si>
   <si>
     <t>#5 Eric Warner - P</t>
   </si>
   <si>
     <t>#86 Michael Collie - WR</t>
   </si>
   <si>
-    <t>#25 Greg Lenz - FS</t>
+    <t>#25 Greg Lenz - CB</t>
   </si>
   <si>
     <t>#69 Manuel Flemming - RG</t>
   </si>
   <si>
     <t>#65 John Watts - RT</t>
   </si>
   <si>
     <t>#59 Christopher McDaniels - WLB</t>
   </si>
   <si>
     <t>#96 Thomas Pack - MLB</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>KCC 15</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-KCC 15 (12:06) 6-Francisco Utsey pass complete to 86-Jeremy Miller to KCC 21 for 7 yards. Tackle by 26-William Bain.</t>
   </si>
   <si>
     <t>#6 Francisco Utsey - QB</t>
   </si>
   <si>
     <t>#17 Bernard Graves - RB</t>
   </si>
   <si>
     <t>#88 Paul Maroney - TE</t>
   </si>
   <si>
     <t>#80 Lonnie Caldwell - TE</t>
   </si>
   <si>
-    <t>#83 Jeremy Miller - TE</t>
+    <t>#87 Jeremy Miller - TE</t>
   </si>
   <si>
     <t>#89 Sean Michaud - WR</t>
   </si>
   <si>
     <t>#76 Don Vandyne - LT</t>
   </si>
   <si>
     <t>#62 William Haro - LG</t>
   </si>
   <si>
     <t>#61 Mark Johnson - C</t>
   </si>
   <si>
     <t>#57 Christopher Galindo - RG</t>
   </si>
   <si>
     <t>#51 Jose Lee - RT</t>
   </si>
   <si>
     <t>#55 Donald Cunningham - DT</t>
   </si>
   <si>
     <t>#72 Bobby Richart - DT</t>
   </si>
@@ -728,51 +728,51 @@
   <si>
     <t>BAL 22</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-1-BAL 22 (7:35) 6-Francisco Utsey pass complete to 84-Steven Salazar to BAL 15 for 7 yards. Tackle by 45-Donald Trumpetter.</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>BAL 15</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 15 (6:48) 6-Francisco Utsey pass complete to 87-Robert Holzman to BAL 7 for 8 yards. Tackle by 24-Adam Crofoot.</t>
   </si>
   <si>
-    <t>#87 Robert Holzman - WR</t>
+    <t>#83 Robert Holzman - WR</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>BAL 7</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-2-BAL 7 (6:06) 6-Francisco Utsey pass complete to 11-Michael Collie for 7 yards. TOUCHDOWN! PENALTY - Offsides (BAL 94-Carlos Carter) (Declined) KCC 6 BAL 0</t>
   </si>
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:03) Extra point GOOD by 13-Samuel Nelson. KCC 7 BAL 0</t>
   </si>