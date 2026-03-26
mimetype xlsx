--- v2 (2026-01-24)
+++ v3 (2026-03-26)
@@ -365,78 +365,78 @@
   <si>
     <t>#16 David Windham - WR</t>
   </si>
   <si>
     <t>#38 Neal Trinidad - WR</t>
   </si>
   <si>
     <t>#81 Joshua Moreland - TE</t>
   </si>
   <si>
     <t>#54 Stephen Gomez - C</t>
   </si>
   <si>
     <t>#70 Joseph Brown - LG</t>
   </si>
   <si>
     <t>#57 Lawrence Parodi - C</t>
   </si>
   <si>
     <t>#61 William Moser - RG</t>
   </si>
   <si>
     <t>#54 Michael Talbert - RT</t>
   </si>
   <si>
-    <t>#70 Peter Bates - DT</t>
+    <t>#63 Peter Bates - DT</t>
   </si>
   <si>
     <t>#92 Donald Williams - DT</t>
   </si>
   <si>
     <t>#52 Alan Ohara - DT</t>
   </si>
   <si>
     <t>#54 David Rupp - RDE</t>
   </si>
   <si>
     <t>#52 Cory Gibbons - SLB</t>
   </si>
   <si>
     <t>#92 Robert Brehmer - MLB</t>
   </si>
   <si>
     <t>#56 John Welch - WLB</t>
   </si>
   <si>
     <t>#37 John Roach - CB</t>
   </si>
   <si>
     <t>#24 William Rhinehart - CB</t>
   </si>
   <si>
-    <t>#45 Clarence Sample - SS</t>
+    <t>#34 Clarence Sample - SS</t>
   </si>
   <si>
     <t>#36 Arthur Sanders - SS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BAL 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BAL 34 (14:57) 13-Brian Sills pass incomplete, intended for 38-Neal Trinidad. KCC 52-Alan Ohara was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#35 Craig Peart - CB</t>
   </si>
   <si>
     <t>#38 Gene Nugent - CB</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>KCC 15</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-KCC 15 (12:06) 6-Francisco Utsey pass complete to 86-Jeremy Miller to KCC 21 for 7 yards. Tackle by 26-William Bain.</t>
   </si>
   <si>
     <t>#6 Francisco Utsey - QB</t>
   </si>
   <si>
     <t>#17 Bernard Graves - RB</t>
   </si>
   <si>
     <t>#88 Paul Maroney - TE</t>
   </si>
   <si>
     <t>#80 Lonnie Caldwell - TE</t>
   </si>
   <si>
-    <t>#87 Jeremy Miller - TE</t>
+    <t>#25 Jeremy Miller - FB</t>
   </si>
   <si>
     <t>#89 Sean Michaud - WR</t>
   </si>
   <si>
     <t>#76 Don Vandyne - LT</t>
   </si>
   <si>
     <t>#62 William Haro - LG</t>
   </si>
   <si>
     <t>#61 Mark Johnson - C</t>
   </si>
   <si>
     <t>#57 Christopher Galindo - RG</t>
   </si>
   <si>
     <t>#51 Jose Lee - RT</t>
   </si>
   <si>
     <t>#55 Donald Cunningham - DT</t>
   </si>
   <si>
     <t>#72 Bobby Richart - DT</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:03) Extra point GOOD by 13-Samuel Nelson. KCC 7 BAL 0</t>
   </si>
   <si>
     <t>#9 Phillip Wheeler - P</t>
   </si>
   <si>
     <t>#71 Russell Ybarra - RT</t>
   </si>
   <si>
     <t>#63 Jose Snyder - LT</t>
   </si>
   <si>
     <t>#66 Thomas Waggener - LG</t>
   </si>
   <si>
     <t>#73 Ricardo Magana - RG</t>
   </si>
   <si>
-    <t>#67 Andres Miranda - WLB</t>
+    <t>#73 Andres Miranda - DT</t>
   </si>
   <si>
     <t>#49 James Aguilar - SS</t>
   </si>
   <si>
     <t>(6:03) 13-Samuel Nelson kicks 72 yards from KCC 35 to BAL -7. 88-Daniel Carter to BAL 17 for 25 yards. Tackle by 32-Ronald Ellison.</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>BAL 17</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-BAL 17 (5:59) 4-Jonathan Barker ran to BAL 19 for 2 yards. Tackle by 56-John Welch.</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>BAL 19</t>
   </si>
@@ -2293,92 +2293,92 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>