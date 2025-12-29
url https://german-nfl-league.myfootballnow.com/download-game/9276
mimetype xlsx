--- v0 (2025-11-01)
+++ v1 (2025-12-29)
@@ -290,63 +290,63 @@
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-James Street kicks 75 yards from TEN 35 to ARZ -10. Touchback.</t>
   </si>
   <si>
     <t>#43 William Collard - RB</t>
   </si>
   <si>
     <t>#50 David Ashcraft - DT</t>
   </si>
   <si>
     <t>#75 Bruno Robles - RDE</t>
   </si>
   <si>
-    <t>#53 Gene Peterson - DT</t>
+    <t>#97 Gene Peterson - DT</t>
   </si>
   <si>
     <t>#39 Joshua Bell - SS</t>
   </si>
   <si>
     <t>#62 Mario Dailey - RDE</t>
   </si>
   <si>
     <t>#31 Peter Stallworth - CB</t>
   </si>
   <si>
-    <t>#25 Jerry Broaddus - CB</t>
+    <t>#25 Jerry Broaddus - FS</t>
   </si>
   <si>
     <t>#49 Nathan Fulk - SS</t>
   </si>
   <si>
     <t>#99 Lance Sanches - DT</t>
   </si>
   <si>
     <t>#54 James Slusser - WLB</t>
   </si>
   <si>
     <t>#3 James Street - K</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#88 Kenneth Scott - TE</t>
   </si>
   <si>
     <t>#14 Howard Weber - WR</t>
   </si>
   <si>
     <t>#19 Michael Johnson - WR</t>
   </si>
   <si>
     <t>#67 Jamie Williams - LG</t>
   </si>
   <si>
     <t>#64 Robert Flynn - LG</t>
   </si>
   <si>
     <t>#71 James Watkins - C</t>
   </si>
   <si>
     <t>#73 James Short - RG</t>
   </si>
   <si>
     <t>#61 Lewis Pace - RT</t>
   </si>
   <si>
-    <t>#77 James Neal - MLB</t>
+    <t>#53 James Neal - DT</t>
   </si>
   <si>
     <t>#72 Karl Hewlett - DT</t>
   </si>
   <si>
     <t>#94 Thomas Nolan - DT</t>
   </si>
   <si>
     <t>#58 Doug Madison - RDE</t>
   </si>
   <si>
     <t>#55 Mark Letourneau - SLB</t>
   </si>
   <si>
     <t>#53 Nicholas Pettit - MLB</t>
   </si>
   <si>
     <t>#54 Jose Willoughby - WLB</t>
   </si>
   <si>
     <t>#31 Jim Scott - CB</t>
   </si>
   <si>
     <t>#40 Ken Salazar - CB</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TEN 33 (13:01) 25-Travis Galvan ran to TEN 30 for -3 yards. Tackle by 91-Johnny Westgate.</t>
   </si>
   <si>
     <t>#9 Leopoldo Woolverton - QB</t>
   </si>
   <si>
     <t>#25 Travis Galvan - RB</t>
   </si>
   <si>
     <t>#89 Jacob Adams - TE</t>
   </si>
   <si>
     <t>#39 Stephen Morris - RB</t>
   </si>
   <si>
     <t>#88 Michael Merriweather - TE</t>
   </si>
   <si>
-    <t>#11 Sidney Gates - WR</t>
+    <t>#6 Sidney Gates - WR</t>
   </si>
   <si>
     <t>#69 Alfred Williams - RT</t>
   </si>
   <si>
     <t>#75 John Frye - LG</t>
   </si>
   <si>
     <t>#66 Alberto Monroy - C</t>
   </si>
   <si>
     <t>#76 Thomas Saad - RG</t>
   </si>
   <si>
     <t>#73 Ted Morris - RT</t>
   </si>
   <si>
     <t>#98 Christopher Mangum - DT</t>
   </si>
   <si>
     <t>#93 Robert Muldowney - SLB</t>
   </si>
   <si>
     <t>#97 Johnny Westgate - MLB</t>
   </si>
@@ -1145,51 +1145,51 @@
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>1-10-TEN 48 (1:56) 15-Joseph Milstead sacked at ARZ 42 for -10 yards (94-Thomas Nolan). Sack allowed by 68-James Watkins.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>2-20-ARZ 42 (1:33) 15-Joseph Milstead pass incomplete, dropped by 46-Anthony Arrowood.</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>3-20-ARZ 42 (1:29) 15-Joseph Milstead pass complete to 46-Anthony Arrowood to TEN 38 for 19 yards. Tackle by 55-Mark Letourneau.</t>
   </si>
   <si>
     <t>#81 Michael Harris - WR</t>
   </si>
   <si>
     <t>#57 Donn Boyden - MLB</t>
   </si>
   <si>
-    <t>#50 Mark Levy - WLB</t>
+    <t>#50 Mark Levy - MLB</t>
   </si>
   <si>
     <t>#21 Joe Barton - CB</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>TEN 38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-TEN 38 (0:44) 9-Leonard Larson 56 yard field goal is GOOD. TEN 0 ARZ 3</t>
   </si>
   <si>
     <t>#9 Leonard Larson - K</t>
   </si>
   <si>
     <t>#98 Adam Dahl - RDE</t>
   </si>