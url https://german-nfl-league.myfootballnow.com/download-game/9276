--- v1 (2025-12-29)
+++ v2 (2026-01-28)
@@ -458,51 +458,51 @@
   <si>
     <t>ARZ 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-ARZ 29 (13:10) 13-Charles Peterson punts 48 yards to TEN 22. 36-Michael Eaton to TEN 33 for 11 yards. Tackle by 27-Jerry Broaddus.</t>
   </si>
   <si>
     <t>#13 Charles Peterson - P</t>
   </si>
   <si>
     <t>#36 Michael Eaton - RB</t>
   </si>
   <si>
     <t>#42 James Ladner - SS</t>
   </si>
   <si>
     <t>#51 Jimmy Green - SLB</t>
   </si>
   <si>
-    <t>#60 Jon Cunningham - LDE</t>
+    <t>#81 Jon Cunningham - TE</t>
   </si>
   <si>
     <t>#58 Terrance Hill - SLB</t>
   </si>
   <si>
     <t>#95 Gregory Olson - RDE</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>TEN 33</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TEN 33 (13:01) 25-Travis Galvan ran to TEN 30 for -3 yards. Tackle by 91-Johnny Westgate.</t>
   </si>
   <si>
     <t>#9 Leopoldo Woolverton - QB</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-3-TEN 40 (11:35) 20-Malcolm Bosley ran to TEN 41 for 2 yards. Tackle by 54-James Slusser.</t>
   </si>
   <si>
     <t>#34 Malcolm Bosley - RB</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>TEN 41</t>
   </si>
   <si>
     <t>4-1-TEN 41 (10:54) 4-Gary Wright punts 44 yards to ARZ 14.</t>
   </si>
   <si>
     <t>#2 Gary Wright - P</t>
   </si>
   <si>
-    <t>#59 James Molnar - C</t>
+    <t>#56 James Molnar - C</t>
   </si>
   <si>
     <t>#60 Raymond Saiz - LT</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>ARZ 14</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ARZ 14 (10:45) 15-Joseph Milstead pass complete to 43-William Collard to ARZ 15 for 1 yards. Tackle by 26-Edward Jack.</t>
   </si>
   <si>
     <t>#84 Richard Myers - WR</t>
   </si>
   <si>
     <t>#26 Edward Jack - CB</t>
   </si>
@@ -1169,51 +1169,51 @@
   <si>
     <t>#50 Mark Levy - MLB</t>
   </si>
   <si>
     <t>#21 Joe Barton - CB</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>TEN 38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-TEN 38 (0:44) 9-Leonard Larson 56 yard field goal is GOOD. TEN 0 ARZ 3</t>
   </si>
   <si>
     <t>#9 Leonard Larson - K</t>
   </si>
   <si>
-    <t>#98 Adam Dahl - RDE</t>
+    <t>#98 Adam Dahl - LDE</t>
   </si>
   <si>
     <t>#66 Orlando Telford - RDE</t>
   </si>
   <si>
     <t>#61 Kenneth Farley - DT</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>(0:40) 9-Leonard Larson kicks 69 yards from ARZ 35 to TEN -4. Touchback.</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
@@ -2219,51 +2219,51 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="228.801" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>