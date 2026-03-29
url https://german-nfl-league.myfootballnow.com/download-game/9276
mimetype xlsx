--- v2 (2026-01-28)
+++ v3 (2026-03-29)
@@ -311,51 +311,51 @@
   <si>
     <t>#75 Bruno Robles - RDE</t>
   </si>
   <si>
     <t>#97 Gene Peterson - DT</t>
   </si>
   <si>
     <t>#39 Joshua Bell - SS</t>
   </si>
   <si>
     <t>#62 Mario Dailey - RDE</t>
   </si>
   <si>
     <t>#31 Peter Stallworth - CB</t>
   </si>
   <si>
     <t>#25 Jerry Broaddus - FS</t>
   </si>
   <si>
     <t>#49 Nathan Fulk - SS</t>
   </si>
   <si>
     <t>#99 Lance Sanches - DT</t>
   </si>
   <si>
-    <t>#54 James Slusser - WLB</t>
+    <t>#54 James Slusser - MLB</t>
   </si>
   <si>
     <t>#3 James Street - K</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (15:00) 43-William Collard ran to ARZ 25 for a short gain. Tackle by 53-Nicholas Pettit.</t>
   </si>
   <si>
     <t>#1 Joseph Milstead - RB</t>
   </si>
   <si>
     <t>#24 Fredrick Blaine - FB</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-3-TEN 40 (11:35) 20-Malcolm Bosley ran to TEN 41 for 2 yards. Tackle by 54-James Slusser.</t>
   </si>
   <si>
     <t>#34 Malcolm Bosley - RB</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>TEN 41</t>
   </si>
   <si>
     <t>4-1-TEN 41 (10:54) 4-Gary Wright punts 44 yards to ARZ 14.</t>
   </si>
   <si>
     <t>#2 Gary Wright - P</t>
   </si>
   <si>
-    <t>#56 James Molnar - C</t>
+    <t>#50 James Molnar - C</t>
   </si>
   <si>
     <t>#60 Raymond Saiz - LT</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>ARZ 14</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ARZ 14 (10:45) 15-Joseph Milstead pass complete to 43-William Collard to ARZ 15 for 1 yards. Tackle by 26-Edward Jack.</t>
   </si>
   <si>
     <t>#84 Richard Myers - WR</t>
   </si>
   <si>
     <t>#26 Edward Jack - CB</t>
   </si>
@@ -1400,51 +1400,51 @@
   <si>
     <t>3-2-ARZ 23 (7:33) 5-Leopoldo Woolverton pass complete to 39-Stephen Morris to ARZ 21 for 2 yards. Tackle by 93-Robert Muldowney.</t>
   </si>
   <si>
     <t>6:54</t>
   </si>
   <si>
     <t>1-10-ARZ 21 (6:53) 5-Leopoldo Woolverton pass complete to 39-Stephen Morris to ARZ 17 for 4 yards. Tackle by 31-Peter Stallworth.</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>ARZ 17</t>
   </si>
   <si>
     <t>2-6-ARZ 17 (6:08) 5-Leopoldo Woolverton pass Pass knocked down by 31-Peter Stallworth. incomplete, intended for 11-Sidney Gates.</t>
   </si>
   <si>
     <t>6:04</t>
   </si>
   <si>
     <t>3-6-ARZ 17 (6:05) 20-Malcolm Bosley ran to ARZ 14 for 3 yards. Tackle by 25-Peter Hayes.</t>
   </si>
   <si>
-    <t>#82 Garrett Bostic - WR</t>
+    <t>#10 Garrett Bostic - WR</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>4-3-ARZ 14 (5:30) 12-James Street 31 yard field goal is GOOD. TEN 3 ARZ 3</t>
   </si>
   <si>
     <t>#58 Leonard Spaulding - RT</t>
   </si>
   <si>
     <t>#92 Thomas Gray - MLB</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>(5:27) 12-James Street kicks 75 yards from TEN 35 to ARZ -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (5:27) 15-Joseph Milstead pass Pass knocked down by 40-Ken Salazar. incomplete, intended for 19-Michael Johnson.</t>
   </si>
   <si>
     <t>5:22</t>
   </si>