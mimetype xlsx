--- v0 (2025-10-17)
+++ v1 (2026-01-16)
@@ -302,129 +302,129 @@
   <si>
     <t>(15:00) 3-James Vaught kicks 64 yards from CIN 35 to HOU 1. 80-Dan Delgadillo to HOU 16 for 16 yards. Tackle by 29-Alex Chen.</t>
   </si>
   <si>
     <t>#80 Dan Delgadillo - TE</t>
   </si>
   <si>
     <t>#93 Amos Williams - RDE</t>
   </si>
   <si>
     <t>#91 Marcus Goble - RDE</t>
   </si>
   <si>
     <t>#53 Timothy Lopp - WLB</t>
   </si>
   <si>
     <t>#34 David Nichols - CB</t>
   </si>
   <si>
     <t>#48 David Cox - CB</t>
   </si>
   <si>
     <t>#55 Keith Arden - WLB</t>
   </si>
   <si>
-    <t>#47 Manuel Soto - CB</t>
+    <t>#32 Manuel Soto - CB</t>
   </si>
   <si>
     <t>#47 Francisco Turner - CB</t>
   </si>
   <si>
-    <t>#21 Harry McKee - CB</t>
-[...2 lines deleted...]
-    <t>#38 Scott Saucedo - CB</t>
+    <t>#47 Harry McKee - CB</t>
+  </si>
+  <si>
+    <t>#30 Scott Saucedo - CB</t>
   </si>
   <si>
     <t>#3 James Vaught - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>HOU 16</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 16 (14:58) 9-Brian Hampton pass complete to 87-Craig Lucas to HOU 22 for 5 yards. Tackle by 44-Laverne Lee. 87-Craig Lucas made a great move on the CB.</t>
   </si>
   <si>
-    <t>#7 Brian Hampton - QB</t>
+    <t>#4 Brian Hampton - QB</t>
   </si>
   <si>
     <t>#22 Hugo Barham - RB</t>
   </si>
   <si>
     <t>#29 Chip Morison - FB</t>
   </si>
   <si>
-    <t>#88 Craig Lucas - TE</t>
+    <t>#80 Craig Lucas - TE</t>
   </si>
   <si>
     <t>#19 Kenneth Villafane - WR</t>
   </si>
   <si>
     <t>#10 Bob Payne - WR</t>
   </si>
   <si>
     <t>#62 Norman Burnett - LT</t>
   </si>
   <si>
-    <t>#63 Kristofer Cartwright - LG</t>
+    <t>#63 Kristofer Cartwright - RG</t>
   </si>
   <si>
     <t>#44 Kenneth Spencer - FB</t>
   </si>
   <si>
     <t>#68 Gary Barnes - RT</t>
   </si>
   <si>
     <t>#79 Ernest Chandler - RT</t>
   </si>
   <si>
     <t>#27 Scott Johnson - CB</t>
   </si>
   <si>
     <t>#51 Noe Johnson - DT</t>
   </si>
   <si>
     <t>#75 Dan Horton - DT</t>
   </si>
   <si>
     <t>#63 Donte Watkins - RDE</t>
   </si>
   <si>
-    <t>#44 Laverne Lee - SLB</t>
+    <t>#99 Laverne Lee - SLB</t>
   </si>
   <si>
     <t>#94 Kyle Herron - MLB</t>
   </si>
   <si>
     <t>#34 John Seeber - WLB</t>
   </si>
   <si>
     <t>#22 Robert Collier - CB</t>
   </si>
   <si>
     <t>#23 Charles Smith - CB</t>
   </si>
   <si>
     <t>#28 Donald Maldonado - SS</t>
   </si>
   <si>
     <t>#27 James Winebarger - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>HOU 22</t>
   </si>
@@ -491,75 +491,75 @@
   <si>
     <t>I Formation Twin WR Hook Ins</t>
   </si>
   <si>
     <t>1-10-CIN 49 (12:47) 12-Brian Sims pass incomplete, intended for 88-Curtis Almanza.</t>
   </si>
   <si>
     <t>#12 Brian Sims - QB</t>
   </si>
   <si>
     <t>#32 Matthew Askew - RB</t>
   </si>
   <si>
     <t>#32 Thomas Vegas - FB</t>
   </si>
   <si>
     <t>#88 Curtis Almanza - TE</t>
   </si>
   <si>
     <t>#19 Jamie Magana - WR</t>
   </si>
   <si>
     <t>#89 Miguel Chalk - WR</t>
   </si>
   <si>
-    <t>#61 Michael Garza - RT</t>
-[...8 lines deleted...]
-    <t>#50 Johnny Passmore - RG</t>
+    <t>#69 Michael Garza - RT</t>
+  </si>
+  <si>
+    <t>#61 Johnny Ratliff - LG</t>
+  </si>
+  <si>
+    <t>#57 Jackie Barfield - C</t>
+  </si>
+  <si>
+    <t>#67 Johnny Passmore - RG</t>
   </si>
   <si>
     <t>#67 Raymond Granger - RT</t>
   </si>
   <si>
     <t>#95 Edward Wiley - DT</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
-    <t>#92 James Ortiz - LDE</t>
-[...2 lines deleted...]
-    <t>#47 Melvin Orozco - WLB</t>
+    <t>#53 James Ortiz - LDE</t>
+  </si>
+  <si>
+    <t>#59 Melvin Orozco - WLB</t>
   </si>
   <si>
     <t>#50 Steven Dingler - MLB</t>
   </si>
   <si>
     <t>#39 Jonathan Parker - CB</t>
   </si>
   <si>
     <t>#40 Jim Pierson - CB</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-CIN 49 (12:45) 12-Brian Sims pass complete to 19-Jamie Magana to HOU 43 for 8 yards. Tackle by 57-Timothy Lopp.</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
@@ -581,54 +581,54 @@
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>HOU 42</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-HOU 42 (11:35) 1-Gary Rahm punts 35 yards to HOU 6.</t>
   </si>
   <si>
     <t>#1 Gary Rahm - P</t>
   </si>
   <si>
     <t>#64 Wallace Clinton - RT</t>
   </si>
   <si>
     <t>#51 George Beach - LG</t>
   </si>
   <si>
-    <t>#66 Fred Sweeney - LT</t>
-[...2 lines deleted...]
-    <t>#89 Gregory Pleasants - TE</t>
+    <t>#69 Fred Sweeney - LT</t>
+  </si>
+  <si>
+    <t>#44 Gregory Pleasants - FB</t>
   </si>
   <si>
     <t>#97 Gary Dukes - DT</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>HOU 6</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 6 (11:28) 9-Brian Hampton pass complete to 22-Hugo Barham to HOU 13 for 7 yards. Tackle by 34-John Seeber.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>HOU 13</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>#1 Calvin Gann - P</t>
   </si>
   <si>
     <t>#42 Terry Orbison - MLB</t>
   </si>
   <si>
     <t>#66 Dante Baker - LG</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>CIN 41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CIN 41 (9:49) 30-John Dickerson ran to HOU 50 for 10 yards. Tackle by 33-Harry McKee.</t>
   </si>
   <si>
-    <t>#30 John Dickerson - RB</t>
+    <t>#16 John Dickerson - WR</t>
   </si>
   <si>
     <t>#58 Christopher Ashmore - WLB</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>HOU 50</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>2-1-HOU 50 (9:04) 32-Matthew Askew ran to HOU 47 for 3 yards. Tackle by 57-Timothy Lopp. CIN 88-Curtis Almanza was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>Timeout CIN</t>
   </si>
@@ -1007,78 +1007,78 @@
   <si>
     <t>3-9-CIN 19 (12:58) 9-Brian Hampton pass Pass knocked down by 34-John Seeber. incomplete, intended for 20-David Thurman. 46-Kyle Herron got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>4-9-CIN 19 (12:54) 3-Larry Stone 36 yard field goal is GOOD. HOU 6 CIN 0</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>(12:51) 3-Larry Stone kicks 66 yards from HOU 35 to CIN -1. 19-Jamie Magana to CIN 26 for 27 yards. Tackle by 35-Scott Saucedo.</t>
   </si>
   <si>
     <t>CIN 26</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CIN 26 (12:47) 32-Matthew Askew ran to CIN 26 for a short gain. Tackle by 99-James Ortiz.</t>
   </si>
   <si>
-    <t>#15 Eddie Shanks - WR</t>
+    <t>#87 Eddie Shanks - WR</t>
   </si>
   <si>
     <t>#96 Tony Mayes - DT</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>2-10-CIN 26 (12:05) 12-Brian Sims pass complete to 17-Miguel Chalk to HOU 39 for 35 yards. Tackle by 32-Jonathan Parker.</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-HOU 39 (11:25) 12-Brian Sims pass complete to 32-Matthew Askew to HOU 39 for a short loss. Tackle by 32-Jonathan Parker.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>2-10-HOU 39 (10:50) 30-John Dickerson ran to HOU 35 for 4 yards. Tackle by 49-Francisco Turner.</t>
   </si>
   <si>
-    <t>#59 Jamie Lucas - WLB</t>
+    <t>#54 Jamie Lucas - WLB</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>3-6-HOU 35 (10:17) 32-Matthew Askew ran to HOU 35 for a short loss. Tackle by 96-Douglas White.</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>4-6-HOU 35 (9:38) 3-James Vaught 53 yard field goal is GOOD. HOU 6 CIN 3</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>(9:34) 3-James Vaught kicks 71 yards from CIN 35 to HOU -6. 80-Dan Delgadillo to HOU 28 for 35 yards. Tackle by 3-James Vaught. CIN 23-Charles Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
@@ -1193,51 +1193,51 @@
   <si>
     <t>2-7-HOU 34 (2:49) 20-David Thurman ran to HOU 37 for 3 yards. Tackle by 20-Christopher Henderson.</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>3-4-HOU 37 (2:06) 9-Brian Hampton pass complete to 19-Kenneth Villafane to HOU 41 for 4 yards. Tackle by 22-Robert Collier.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-HOU 41 (2:00) 9-Brian Hampton pass complete to 19-Kenneth Villafane to CIN 48 for 11 yards. Tackle by 22-Robert Collier. PENALTY - Pass Interference (CIN 22-Robert Collier) (Declined)</t>
   </si>
   <si>
-    <t>#95 Richard Hill - DT</t>
+    <t>#96 Richard Hill - DT</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>CIN 48</t>
   </si>
   <si>
     <t>1-10-CIN 48 (1:57) 9-Brian Hampton pass complete to 14-Felix McGeehan for 48 yards. TOUCHDOWN! HOU 12 CIN 3</t>
   </si>
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>(1:47) Extra point GOOD by 3-Larry Stone. HOU 13 CIN 3</t>
   </si>
   <si>
     <t>(1:47) 3-Larry Stone kicks 75 yards from HOU 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>#54 Nicholas McFall - SLB</t>
   </si>
@@ -1580,51 +1580,51 @@
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>4-1-HOU 18 (0:57) 3-James Vaught 36 yard field goal is GOOD. HOU 23 CIN 6</t>
   </si>
   <si>
     <t>#64 Tyrone Drewry - RG</t>
   </si>
   <si>
     <t>0:53</t>
   </si>
   <si>
     <t>(0:54) 3-James Vaught kicks 69 yards from CIN 35 to HOU -4. 80-Dan Delgadillo to HOU 31 for 36 yards. Tackle by 3-James Vaught.</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>1-10-HOU 31 (0:48) 22-Hugo Barham ran to HOU 32 for 1 yards. Tackle by 35-William Monk.</t>
   </si>
   <si>
-    <t>#99 Matthew Palombo - MLB</t>
+    <t>#97 Matthew Palombo - MLB</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>HOU 32</t>
   </si>
   <si>
     <t>2-9-HOU 32 (0:10) 9-Brian Hampton pass complete to 10-Bob Payne to HOU 40 for 7 yards. Tackle by 34-John Seeber. 10-Bob Payne breaks down the CB.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>HOU 40</t>
   </si>
   <si>
     <t>3-1-HOU 40 (15:00) 20-David Thurman ran to HOU 44 for 4 yards. Tackle by 34-John Seeber.</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>1-10-HOU 44 (14:27) 14-Felix McGeehan ran to HOU 46 for 2 yards. Tackle by 90-Noe Johnson. PENALTY - Holding (HOU 78-Ernest Chandler)</t>
   </si>
@@ -1706,54 +1706,54 @@
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-HOU 23 (10:03) 20-David Thurman ran to HOU 24 for 1 yards. Tackle by 65-Scott Johnson.</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>2-9-HOU 24 (9:19) 9-Brian Hampton pass Pass knocked down by 44-Laverne Lee. incomplete, intended for 14-Felix McGeehan.</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>3-9-HOU 24 (9:15) 9-Brian Hampton pass complete to 14-Felix McGeehan to CIN 9 for 67 yards. Pushed out of bounds by 34-John Seeber.</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>1-9-CIN 9 (8:24) 20-David Thurman ran to CIN 3 for 6 yards. Tackle by 99-Matthew Palombo.</t>
   </si>
   <si>
-    <t>#88 Robert Champagne - WR</t>
-[...2 lines deleted...]
-    <t>#52 Chris McFadden - SLB</t>
+    <t>#86 Robert Champagne - WR</t>
+  </si>
+  <si>
+    <t>#55 Chris McFadden - SLB</t>
   </si>
   <si>
     <t>CIN 3</t>
   </si>
   <si>
     <t>2-3-CIN 3 (7:46) 22-Hugo Barham ran to CIN 2 for 1 yards. Tackle by 78-Buddy Webster. 87-Craig Lucas missed that block completely. HOU 22-Hugo Barham was injured on the play.</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>CIN 2</t>
   </si>
   <si>
     <t>3-2-CIN 2 (7:05) 9-Brian Hampton pass complete to 87-Craig Lucas for 2 yards. TOUCHDOWN! Great move by 87-Craig Lucas to get free of his coverage. HOU 29 CIN 6</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>(7:03) Extra point GOOD by 3-Larry Stone. HOU 30 CIN 6</t>
   </si>
   <si>
     <t>(7:03) 3-Larry Stone kicks 74 yards from HOU 35 to CIN -9. Touchback.</t>
   </si>