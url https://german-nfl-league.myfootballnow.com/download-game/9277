--- v1 (2026-01-16)
+++ v2 (2026-03-20)
@@ -476,72 +476,72 @@
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-7-HOU 36 (12:53) 9-Brian Hampton pass INTERCEPTED by 34-John Seeber at CIN 49. 34-John Seeber to CIN 49 for -0 yards. Tackle by 80-Dan Delgadillo. Pressure by 28-Donald Maldonado.</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>CIN 49</t>
   </si>
   <si>
     <t>I Formation Twin WR Hook Ins</t>
   </si>
   <si>
     <t>1-10-CIN 49 (12:47) 12-Brian Sims pass incomplete, intended for 88-Curtis Almanza.</t>
   </si>
   <si>
     <t>#12 Brian Sims - QB</t>
   </si>
   <si>
-    <t>#32 Matthew Askew - RB</t>
+    <t>#46 Matthew Askew - RB</t>
   </si>
   <si>
     <t>#32 Thomas Vegas - FB</t>
   </si>
   <si>
     <t>#88 Curtis Almanza - TE</t>
   </si>
   <si>
     <t>#19 Jamie Magana - WR</t>
   </si>
   <si>
-    <t>#89 Miguel Chalk - WR</t>
+    <t>#86 Miguel Chalk - WR</t>
   </si>
   <si>
     <t>#69 Michael Garza - RT</t>
   </si>
   <si>
     <t>#61 Johnny Ratliff - LG</t>
   </si>
   <si>
-    <t>#57 Jackie Barfield - C</t>
+    <t>#69 Jackie Barfield - C</t>
   </si>
   <si>
     <t>#67 Johnny Passmore - RG</t>
   </si>
   <si>
     <t>#67 Raymond Granger - RT</t>
   </si>
   <si>
     <t>#95 Edward Wiley - DT</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
     <t>#53 James Ortiz - LDE</t>
   </si>
   <si>
     <t>#59 Melvin Orozco - WLB</t>
   </si>
   <si>
     <t>#50 Steven Dingler - MLB</t>
   </si>
   <si>
     <t>#39 Jonathan Parker - CB</t>
   </si>
@@ -782,51 +782,51 @@
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4-HOU 31 (5:09) 12-Brian Sims pass incomplete, dropped by 88-Curtis Almanza.</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-HOU 31 (5:05) 3-James Vaught 49 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
-    <t>#8 Donald Smith - QB</t>
+    <t>#19 Donald Smith - QB</t>
   </si>
   <si>
     <t>#47 Rick Mahone - CB</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>HOU 38</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-HOU 38 (5:01) 22-Hugo Barham ran to HOU 41 for 3 yards. Tackle by 90-Noe Johnson.</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>HOU 41</t>
   </si>
   <si>
     <t>2-7-HOU 41 (4:24) 9-Brian Hampton pass complete to 80-Dan Delgadillo to CIN 49 for 11 yards. Tackle by 34-John Seeber. 80-Dan Delgadillo did some fancy footwork there.</t>
   </si>
@@ -1007,51 +1007,51 @@
   <si>
     <t>3-9-CIN 19 (12:58) 9-Brian Hampton pass Pass knocked down by 34-John Seeber. incomplete, intended for 20-David Thurman. 46-Kyle Herron got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>4-9-CIN 19 (12:54) 3-Larry Stone 36 yard field goal is GOOD. HOU 6 CIN 0</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>(12:51) 3-Larry Stone kicks 66 yards from HOU 35 to CIN -1. 19-Jamie Magana to CIN 26 for 27 yards. Tackle by 35-Scott Saucedo.</t>
   </si>
   <si>
     <t>CIN 26</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CIN 26 (12:47) 32-Matthew Askew ran to CIN 26 for a short gain. Tackle by 99-James Ortiz.</t>
   </si>
   <si>
-    <t>#87 Eddie Shanks - WR</t>
+    <t>#18 Eddie Shanks - WR</t>
   </si>
   <si>
     <t>#96 Tony Mayes - DT</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>2-10-CIN 26 (12:05) 12-Brian Sims pass complete to 17-Miguel Chalk to HOU 39 for 35 yards. Tackle by 32-Jonathan Parker.</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-HOU 39 (11:25) 12-Brian Sims pass complete to 32-Matthew Askew to HOU 39 for a short loss. Tackle by 32-Jonathan Parker.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>2-10-HOU 39 (10:50) 30-John Dickerson ran to HOU 35 for 4 yards. Tackle by 49-Francisco Turner.</t>
   </si>