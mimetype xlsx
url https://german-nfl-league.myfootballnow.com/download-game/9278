--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -362,102 +362,102 @@
   <si>
     <t>#81 Robert McKinnon - WR</t>
   </si>
   <si>
     <t>#83 Frank Odom - WR</t>
   </si>
   <si>
     <t>#62 John Tompson - LT</t>
   </si>
   <si>
     <t>#60 Miguel Francis - LG</t>
   </si>
   <si>
     <t>#67 John Morgan - C</t>
   </si>
   <si>
     <t>#57 Solomon Gessner - RG</t>
   </si>
   <si>
     <t>#79 Peter Henry - LG</t>
   </si>
   <si>
     <t>#90 Johnny Lumpkins - LDE</t>
   </si>
   <si>
-    <t>#97 Michael Hoffman - DT</t>
+    <t>#68 Michael Hoffman - DT</t>
   </si>
   <si>
     <t>#72 Bumpy Jonas - LDE</t>
   </si>
   <si>
     <t>#54 Raymond Gant - WLB</t>
   </si>
   <si>
-    <t>#79 Richard Johnson - RDE</t>
-[...5 lines deleted...]
-    <t>#77 Mr. Virgil Tibbs - LDE</t>
+    <t>#56 Richard Johnson - SLB</t>
+  </si>
+  <si>
+    <t>#4 Neil McKenzie - MLB</t>
+  </si>
+  <si>
+    <t>#51 Mr. Virgil Tibbs - MLB</t>
   </si>
   <si>
     <t>#2 Ronald Alvarez - FS</t>
   </si>
   <si>
     <t>#22 Michael Roney - CB</t>
   </si>
   <si>
     <t>#45 John Marshall - SS</t>
   </si>
   <si>
     <t>#21 Christopher Pollard - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>PHI 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-PHI 28 (14:17) 27-Wilburn Keen ran to PHI 38 for 10 yards. Tackle by 21-Christopher Pollard.</t>
   </si>
   <si>
     <t>#12 David Stewart - WR</t>
   </si>
   <si>
-    <t>#71 Alex Stiltner - DT</t>
-[...2 lines deleted...]
-    <t>#24 Ryan Gaines - CB</t>
+    <t>#72 Alex Stiltner - DT</t>
+  </si>
+  <si>
+    <t>#43 Ryan Gaines - FS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>PHI 38</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PHI 38 (13:39) 24-Garry Isaac ran to PHI 40 for 3 yards. Tackle by 42-Ryan Gaines. PENALTY - Holding (PHI 76-Solomon Gessner)</t>
   </si>
   <si>
     <t>#59 Danny Barile - DT</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
@@ -491,159 +491,159 @@
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>PHI 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-PHI 47 (12:17) 13-Michael Clark punts 44 yards to PIT 9. Fair Catch by 81-Jimmy Weiland.</t>
   </si>
   <si>
     <t>#13 Michael Clark - P</t>
   </si>
   <si>
     <t>#4 Jimmy Weiland - WR</t>
   </si>
   <si>
     <t>#53 Lamar Ramsey - SLB</t>
   </si>
   <si>
-    <t>#98 Matthew Barrett - LDE</t>
+    <t>#49 Matthew Barrett - SS</t>
   </si>
   <si>
     <t>#38 Ryan Roberson - CB</t>
   </si>
   <si>
     <t>#68 Richard Hamilton - TE</t>
   </si>
   <si>
     <t>#50 Michael Bridges - WLB</t>
   </si>
   <si>
-    <t>#99 Christopher French - RDE</t>
-[...2 lines deleted...]
-    <t>#90 Robert Bushnell - DT</t>
+    <t>#91 Christopher French - SLB</t>
+  </si>
+  <si>
+    <t>#71 Robert Bushnell - DT</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>PIT 9</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-PIT 9 (12:11) 33-William Diaz ran to PIT 18 for 9 yards. Tackle by 29-Michael Bauer.</t>
   </si>
   <si>
     <t>#12 Bill Watkins - QB</t>
   </si>
   <si>
-    <t>#33 William Diaz - RB</t>
+    <t>#32 William Diaz - RB</t>
   </si>
   <si>
     <t>#89 Robert Olive - TE</t>
   </si>
   <si>
     <t>#4 William Green - WR</t>
   </si>
   <si>
     <t>#19 John Wirtz - WR</t>
   </si>
   <si>
     <t>#69 Nathan McCann - LT</t>
   </si>
   <si>
     <t>#71 Scott Keller - C</t>
   </si>
   <si>
     <t>#76 Lewis Lewis - LT</t>
   </si>
   <si>
     <t>#58 Zachery Thompson - C</t>
   </si>
   <si>
     <t>#67 Horace Castillo - RT</t>
   </si>
   <si>
     <t>#57 John Hickey - WLB</t>
   </si>
   <si>
     <t>#27 Michael Pollard - CB</t>
   </si>
   <si>
     <t>#29 Michael Bauer - CB</t>
   </si>
   <si>
     <t>#26 James Rapp - CB</t>
   </si>
   <si>
     <t>#53 William Campbell - MLB</t>
   </si>
   <si>
-    <t>#28 Carol Anderson - SS</t>
+    <t>#24 Carol Anderson - SS</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>PIT 18</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-PIT 18 (11:24) 3-Bill Watkins pass complete to 80-William Green to PIT 23 for 5 yards. Tackle by 37-Michael Pollard.</t>
   </si>
   <si>
     <t>#87 Brandon Falls - WR</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>PIT 23</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-PIT 23 (10:40) 31-Thomas Barr ran to PIT 34 for 11 yards. Tackle by 39-Carol Anderson.</t>
   </si>
   <si>
-    <t>#31 Thomas Barr - RB</t>
+    <t>#15 Thomas Barr - WR</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>PIT 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-PIT 34 (9:57) 3-Bill Watkins pass complete to 33-William Diaz to PHI 47 for 18 yards. Tackle by 47-William Campbell.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
@@ -797,51 +797,51 @@
   <si>
     <t>3-6-PHI 38 (4:57) 24-Garry Isaac ran to PHI 38 for a short loss. Tackle by 20-Prince Mamuwalde.</t>
   </si>
   <si>
     <t>#20 Prince Mamuwalde - CB</t>
   </si>
   <si>
     <t>#2 Brian Powell - FS</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>4-6-PHI 38 (4:19) 13-Michael Clark punts 49 yards to PIT 13. 81-Jimmy Weiland to PIT 28 for 14 yards. Tackle by 68-Richard Hamilton.</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>PIT 28</t>
   </si>
   <si>
     <t>1-10-PIT 28 (4:09) 31-Thomas Barr ran to PIT 38 for 11 yards. Tackle by 39-Carol Anderson.</t>
   </si>
   <si>
-    <t>#55 Leon Defreitas - SLB</t>
+    <t>#55 Leon Defreitas - MLB</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>PIT 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-PIT 38 (3:33) 3-Bill Watkins pass Pass knocked down by 26-James Rapp. incomplete, intended for 14-John Wirtz.</t>
   </si>
   <si>
     <t>3:28</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-PIT 38 (3:29) 3-Bill Watkins pass incomplete, intended for 83-Robert Olive.</t>
   </si>
@@ -2063,72 +2063,72 @@
     <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>