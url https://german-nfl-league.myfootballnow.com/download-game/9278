--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -431,51 +431,51 @@
   <si>
     <t>#12 David Stewart - WR</t>
   </si>
   <si>
     <t>#72 Alex Stiltner - DT</t>
   </si>
   <si>
     <t>#43 Ryan Gaines - FS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>PHI 38</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PHI 38 (13:39) 24-Garry Isaac ran to PHI 40 for 3 yards. Tackle by 42-Ryan Gaines. PENALTY - Holding (PHI 76-Solomon Gessner)</t>
   </si>
   <si>
-    <t>#59 Danny Barile - DT</t>
+    <t>#69 Danny Barile - RDE</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-20-PHI 28 (13:36) 16-Phillip Willis pass Pass knocked down by 23-Ronald Alvarez. incomplete, intended for 81-Robert McKinnon.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>2-20-PHI 28 (13:33) 24-Garry Isaac ran to PHI 26 for -2 yards. Tackle by 42-Ryan Gaines.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
@@ -491,123 +491,123 @@
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>PHI 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-PHI 47 (12:17) 13-Michael Clark punts 44 yards to PIT 9. Fair Catch by 81-Jimmy Weiland.</t>
   </si>
   <si>
     <t>#13 Michael Clark - P</t>
   </si>
   <si>
     <t>#4 Jimmy Weiland - WR</t>
   </si>
   <si>
     <t>#53 Lamar Ramsey - SLB</t>
   </si>
   <si>
-    <t>#49 Matthew Barrett - SS</t>
+    <t>#49 Matthew Barrett - MLB</t>
   </si>
   <si>
     <t>#38 Ryan Roberson - CB</t>
   </si>
   <si>
     <t>#68 Richard Hamilton - TE</t>
   </si>
   <si>
     <t>#50 Michael Bridges - WLB</t>
   </si>
   <si>
     <t>#91 Christopher French - SLB</t>
   </si>
   <si>
     <t>#71 Robert Bushnell - DT</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>PIT 9</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-PIT 9 (12:11) 33-William Diaz ran to PIT 18 for 9 yards. Tackle by 29-Michael Bauer.</t>
   </si>
   <si>
     <t>#12 Bill Watkins - QB</t>
   </si>
   <si>
     <t>#32 William Diaz - RB</t>
   </si>
   <si>
     <t>#89 Robert Olive - TE</t>
   </si>
   <si>
     <t>#4 William Green - WR</t>
   </si>
   <si>
     <t>#19 John Wirtz - WR</t>
   </si>
   <si>
     <t>#69 Nathan McCann - LT</t>
   </si>
   <si>
-    <t>#71 Scott Keller - C</t>
+    <t>#67 Scott Keller - C</t>
   </si>
   <si>
     <t>#76 Lewis Lewis - LT</t>
   </si>
   <si>
     <t>#58 Zachery Thompson - C</t>
   </si>
   <si>
     <t>#67 Horace Castillo - RT</t>
   </si>
   <si>
     <t>#57 John Hickey - WLB</t>
   </si>
   <si>
     <t>#27 Michael Pollard - CB</t>
   </si>
   <si>
     <t>#29 Michael Bauer - CB</t>
   </si>
   <si>
     <t>#26 James Rapp - CB</t>
   </si>
   <si>
-    <t>#53 William Campbell - MLB</t>
+    <t>#59 William Campbell - MLB</t>
   </si>
   <si>
     <t>#24 Carol Anderson - SS</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>PIT 18</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-PIT 18 (11:24) 3-Bill Watkins pass complete to 80-William Green to PIT 23 for 5 yards. Tackle by 37-Michael Pollard.</t>
   </si>
   <si>
     <t>#87 Brandon Falls - WR</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
@@ -698,81 +698,81 @@
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-8-PHI 27 (7:12) 3-Bill Watkins pass complete to 33-William Diaz to PHI 24 for 2 yards. Tackle by 94-Jose Johnson. 33-William Diaz made a great move on the CB.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
     <t>PHI 24</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-PHI 24 (6:34) 5-Francis Weesner 41 yard field goal is GOOD. PHI 0 PIT 3</t>
   </si>
   <si>
-    <t>#57 JC Latham - RT</t>
-[...2 lines deleted...]
-    <t>#56 William Grigg - C</t>
+    <t>#52 JC Latham - RG</t>
+  </si>
+  <si>
+    <t>#64 William Grigg - C</t>
   </si>
   <si>
     <t>#70 Peter Latimer - C</t>
   </si>
   <si>
     <t>#68 Mack Turner - LT</t>
   </si>
   <si>
     <t>#72 John Barnes - LDE</t>
   </si>
   <si>
     <t>#94 Jerold Hutchinson - DT</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>(6:31) 5-Francis Weesner kicks 73 yards from PIT 35 to PHI -8. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
   <si>
     <t>1-10-PHI 25 (6:31) 16-Phillip Willis pass Pass knocked down by 92-Mr. Virgil Tibbs. incomplete, intended for 84-Michael Kilgore.</t>
   </si>
   <si>
-    <t>#84 Michael Kilgore - TE</t>
+    <t>#43 Michael Kilgore - FB</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-PHI 25 (6:26) 24-Garry Isaac ran to PHI 28 for 3 yards. Tackle by 55-Richard Johnson.</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>3-7-PHI 28 (5:41) 16-Phillip Willis pass Pass knocked down by 92-Mr. Virgil Tibbs. incomplete, intended for 27-Wilburn Keen. PIT 97-Michael Hoffman was injured on the play. He looks like he should be able to return. PENALTY - Pass Interference (PIT 55-Richard Johnson) (Declined) PENALTY - Pass Interference (PIT 92-Mr. Virgil Tibbs)</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>PHI 34</t>
   </si>
@@ -1013,51 +1013,51 @@
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>3-5-PHI 41 (10:29) 24-Garry Isaac ran to PIT 50 for 9 yards. Tackle by 34-Michael Roney.</t>
   </si>
   <si>
     <t>#89 Timothy Harmon - WR</t>
   </si>
   <si>
     <t>#14 Russell Allen - WR</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>PIT 50</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-PIT 50 (9:44) 27-Wilburn Keen ran to PIT 47 for 3 yards. Tackle by 92-Mr. Virgil Tibbs. 24-Garry Isaac missed that block completely.</t>
   </si>
   <si>
-    <t>#78 William Grubb - LT</t>
+    <t>#78 William Grubb - C</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>PIT 47</t>
   </si>
   <si>
     <t>2-7-PIT 47 (9:04) 27-Wilburn Keen ran to PIT 44 for 3 yards. Tackle by 92-Mr. Virgil Tibbs.</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>PIT 44</t>
   </si>
   <si>
     <t>3-4-PIT 44 (8:29) 27-Wilburn Keen ran to PIT 35 for 10 yards. Tackle by 45-John Marshall.</t>
   </si>
   <si>
     <t>7:45</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
@@ -2081,54 +2081,54 @@
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>