--- v2 (2026-01-22)
+++ v3 (2026-03-01)
@@ -311,51 +311,51 @@
   <si>
     <t>#35 James McCollister - FS</t>
   </si>
   <si>
     <t>#43 Jose Johnson - SS</t>
   </si>
   <si>
     <t>#54 Kevin Osborn - WLB</t>
   </si>
   <si>
     <t>#92 Robert Fink - RDE</t>
   </si>
   <si>
     <t>#72 David Johnson - DT</t>
   </si>
   <si>
     <t>#59 Walter Smith - MLB</t>
   </si>
   <si>
     <t>#70 Darrell Hall - DT</t>
   </si>
   <si>
     <t>#88 Fred Harrington - TE</t>
   </si>
   <si>
-    <t>#48 Kenneth Lyon - FS</t>
+    <t>#35 Kenneth Lyon - FS</t>
   </si>
   <si>
     <t>#5 Francis Weesner - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 16-Phillip Willis pass complete to 80-Frank Odom to PHI 28 for 3 yards. Tackle by 34-Michael Roney. 34-Michael Roney got away with a hold on that play.</t>
   </si>
   <si>
     <t>#16 Phillip Willis - QB</t>
   </si>
   <si>
     <t>#27 Wilburn Keen - WR</t>
   </si>
@@ -779,51 +779,51 @@
   <si>
     <t>1-10-PHI 34 (5:37) 16-Phillip Willis pass Pass knocked down by 92-Mr. Virgil Tibbs. incomplete, intended for 24-Garry Isaac.</t>
   </si>
   <si>
     <t>5:33</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-PHI 34 (5:34) 16-Phillip Willis pass complete to 80-Frank Odom to PHI 38 for 4 yards. Tackle by 34-Michael Roney.</t>
   </si>
   <si>
     <t>4:58</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-6-PHI 38 (4:57) 24-Garry Isaac ran to PHI 38 for a short loss. Tackle by 20-Prince Mamuwalde.</t>
   </si>
   <si>
     <t>#20 Prince Mamuwalde - CB</t>
   </si>
   <si>
-    <t>#2 Brian Powell - FS</t>
+    <t>#45 Brian Powell - FS</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>4-6-PHI 38 (4:19) 13-Michael Clark punts 49 yards to PIT 13. 81-Jimmy Weiland to PIT 28 for 14 yards. Tackle by 68-Richard Hamilton.</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>PIT 28</t>
   </si>
   <si>
     <t>1-10-PIT 28 (4:09) 31-Thomas Barr ran to PIT 38 for 11 yards. Tackle by 39-Carol Anderson.</t>
   </si>
   <si>
     <t>#55 Leon Defreitas - MLB</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>PIT 38</t>
   </si>