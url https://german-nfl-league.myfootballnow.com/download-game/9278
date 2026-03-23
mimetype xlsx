--- v3 (2026-03-01)
+++ v4 (2026-03-23)
@@ -632,51 +632,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-PIT 34 (9:57) 3-Bill Watkins pass complete to 33-William Diaz to PHI 47 for 18 yards. Tackle by 47-William Campbell.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-PHI 47 (9:09) 3-Bill Watkins pass complete to 83-Robert Olive to PHI 28 for 19 yards. Tackle by 47-William Campbell. Nice job by 83-Robert Olive on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#24 Ferrante Jones - RB</t>
   </si>
   <si>
-    <t>#52 Juan Deleon - LDE</t>
+    <t>#74 Juan Deleon - DT</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>1-10-PHI 28 (8:28) 3-Bill Watkins pass complete to 33-William Diaz to PHI 20 for 8 yards. Tackle by 94-Jose Johnson. 33-William Diaz breaks down the CB. PENALTY - Holding (PIT 74-Horace Castillo)</t>
   </si>
   <si>
     <t>#89 Jonathan Spurlock - WR</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>1-20-PHI 38 (8:24) 36-Ferrante Jones ran to PHI 28 for 10 yards. Tackle by 47-William Campbell.</t>
   </si>
   <si>
     <t>#48 Denver Clingerman - CB</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
@@ -2103,51 +2103,51 @@
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>