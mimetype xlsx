--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -296,186 +296,186 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Merle Garner kicks 74 yards from PAT 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#48 Shawn Frye - RB</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#20 James Witkowski - FS</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
-    <t>#25 William Morrison - CB</t>
+    <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>#31 Erik Mickle - FS</t>
   </si>
   <si>
     <t>#23 Jack Kirkwood - CB</t>
   </si>
   <si>
     <t>#36 William Soto - CB</t>
   </si>
   <si>
     <t>#45 Richard Gonzales - SS</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>#15 Merle Garner - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 24-Christopher Hibbert ran to DET 30 for 5 yards. Tackle by 97-Dan Coffman. DET 65-Daniel McCumber was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 Mark Osborne - QB</t>
   </si>
   <si>
     <t>#25 Christopher Hibbert - RB</t>
   </si>
   <si>
     <t>#44 Christopher Mills - FB</t>
   </si>
   <si>
     <t>#85 Shannon Dougherty - TE</t>
   </si>
   <si>
-    <t>#32 Charles Ross - RB</t>
+    <t>#30 Charles Ross - RB</t>
   </si>
   <si>
     <t>#10 Donald Hogg - WR</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
     <t>#73 Wayne Peters - RG</t>
   </si>
   <si>
     <t>#62 Michael Daniel - RT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
     <t>#54 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#31 Merlin Alvarez - FS</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
-    <t>#59 Jose Vass - WLB</t>
-[...2 lines deleted...]
-    <t>#97 Dan Coffman - LDE</t>
+    <t>#98 Jose Vass - WLB</t>
+  </si>
+  <si>
+    <t>#97 Dan Coffman - DT</t>
   </si>
   <si>
     <t>#58 William Kerr - WLB</t>
   </si>
   <si>
     <t>#41 Leon Brighton - CB</t>
   </si>
   <si>
     <t>#45 James Lang - CB</t>
   </si>
   <si>
     <t>#35 Stephen Johnson - LDE</t>
   </si>
   <si>
     <t>#57 Phillip Nicholas - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>DET 30</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-5-DET 30 (14:23) 10-Mark Osborne sacked at DET 22 for -7 yards (55-Johnathan Burket). Sack allowed by 75-James East.</t>
   </si>
   <si>
     <t>#88 Kyle Chaires - WR</t>
   </si>
   <si>
     <t>#75 James East - C</t>
   </si>
   <si>
     <t>#45 Kenneth Short - WLB</t>
   </si>
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>#30 Albert Earnest - CB</t>
   </si>
   <si>
     <t>#92 Robert Sisneros - CB</t>
   </si>
   <si>
-    <t>#42 Tony Jackson - FS</t>
+    <t>#42 Tony Jackson - RDE</t>
   </si>
   <si>
     <t>#47 Martin Carpenter - CB</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>DET 22</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-13-DET 22 (13:46) 10-Mark Osborne pass incomplete, intended for 88-Kyle Chaires.</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
@@ -515,96 +515,96 @@
   <si>
     <t>1-10-PAT 31 (13:37) 12-Joe Bribem pass Pass knocked down by 26-Tony Davis. incomplete, intended for 14-Henry Brown.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#19 Derrick Goff - RB</t>
   </si>
   <si>
     <t>#43 David Fifield - FB</t>
   </si>
   <si>
     <t>#2 John Vallejo - C</t>
   </si>
   <si>
     <t>#14 Henry Brown - WR</t>
   </si>
   <si>
     <t>#16 Jose Logan - WR</t>
   </si>
   <si>
     <t>#75 Randy Bailey - LT</t>
   </si>
   <si>
-    <t>#64 Max Harden - LG</t>
+    <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#72 George Smith - C</t>
   </si>
   <si>
     <t>#71 Ronnie Perkins - RG</t>
   </si>
   <si>
     <t>#50 Garry Doss - RT</t>
   </si>
   <si>
     <t>#93 Donald Bartos - LDE</t>
   </si>
   <si>
     <t>#63 William Benites - DT</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#50 Jason Moore - MLB</t>
   </si>
   <si>
-    <t>#98 Herschel King - WLB</t>
+    <t>#98 Herschel King - SLB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-PAT 31 (13:34) 12-Joe Bribem sacked at PAT 22 for -10 yards (50-Jason Moore)</t>
   </si>
   <si>
     <t>#18 James Payne - WR</t>
   </si>
   <si>
     <t>#68 Mario Newton - LDE</t>
   </si>
   <si>
-    <t>#94 Shelton Berg - DT</t>
+    <t>#94 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>PAT 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-20-PAT 22 (12:51) 19-Derrick Goff ran to PAT 25 for 3 yards. Tackle by 98-Herschel King. PENALTY - Offsides (DET 93-Donald Bartos) (Declined) PENALTY - Offsides (DET 23-Jack Kirkwood)</t>
   </si>
   <si>
     <t>#5 Billy Lord - TE</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>PAT 27</t>
   </si>
@@ -614,57 +614,57 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-15-PAT 27 (12:49) 12-Joe Bribem pass complete to 2-John Vallejo to PAT 36 for 9 yards. Tackle by 20-James Witkowski.</t>
   </si>
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>PAT 36</t>
   </si>
   <si>
     <t>4-5-PAT 36 (12:08) 7-Kevin Jackson punts 47 yards to DET 17. Fair Catch by 28-Larry Ball.</t>
   </si>
   <si>
     <t>#7 Kevin Jackson - P</t>
   </si>
   <si>
-    <t>#60 Ronald Gaughan - C</t>
+    <t>#78 Ronald Gaughan - C</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
-    <t>#99 David Lachance - C</t>
+    <t>#77 David Lachance - LDE</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>DET 17</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>1-10-DET 17 (12:01) 10-Mark Osborne pass complete to 87-Donald Hogg to DET 18 for 1 yards. Tackle by 30-Albert Earnest. PAT 54-Henry Stevens was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>DET 18</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-9-DET 18 (11:17) 24-Christopher Hibbert ran to DET 23 for 4 yards. Tackle by 45-Kenneth Short.</t>
   </si>
@@ -2190,88 +2190,88 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">