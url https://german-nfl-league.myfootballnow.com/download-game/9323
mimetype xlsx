--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -290,51 +290,51 @@
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>PAT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Merle Garner kicks 74 yards from PAT 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#48 Shawn Frye - RB</t>
   </si>
   <si>
     <t>#67 Brian Norton - RDE</t>
   </si>
   <si>
     <t>#26 Tony Davis - CB</t>
   </si>
   <si>
-    <t>#20 James Witkowski - FS</t>
+    <t>#20 James Witkowski - SS</t>
   </si>
   <si>
     <t>#39 Jasper Landers - SS</t>
   </si>
   <si>
     <t>#33 William Morrison - CB</t>
   </si>
   <si>
     <t>#31 Erik Mickle - FS</t>
   </si>
   <si>
     <t>#23 Jack Kirkwood - CB</t>
   </si>
   <si>
     <t>#36 William Soto - CB</t>
   </si>
   <si>
     <t>#45 Richard Gonzales - SS</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>#15 Merle Garner - K</t>
   </si>
@@ -362,57 +362,57 @@
   <si>
     <t>#44 Christopher Mills - FB</t>
   </si>
   <si>
     <t>#85 Shannon Dougherty - TE</t>
   </si>
   <si>
     <t>#30 Charles Ross - RB</t>
   </si>
   <si>
     <t>#10 Donald Hogg - WR</t>
   </si>
   <si>
     <t>#77 James Friddle - LT</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#70 Larry Fuller - C</t>
   </si>
   <si>
     <t>#73 Wayne Peters - RG</t>
   </si>
   <si>
-    <t>#62 Michael Daniel - RT</t>
+    <t>#50 Michael Daniel - RT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
-    <t>#54 Henry Stevens - DT</t>
+    <t>#66 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#31 Merlin Alvarez - FS</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
     <t>#98 Jose Vass - WLB</t>
   </si>
   <si>
     <t>#97 Dan Coffman - DT</t>
   </si>
   <si>
     <t>#58 William Kerr - WLB</t>
   </si>
   <si>
     <t>#41 Leon Brighton - CB</t>
   </si>
   <si>
     <t>#45 James Lang - CB</t>
   </si>
   <si>
     <t>#35 Stephen Johnson - LDE</t>
   </si>
@@ -497,114 +497,114 @@
   <si>
     <t>#61 Jerome Demartini - C</t>
   </si>
   <si>
     <t>#73 Dwayne Weir - RG</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>PAT 31</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-PAT 31 (13:37) 12-Joe Bribem pass Pass knocked down by 26-Tony Davis. incomplete, intended for 14-Henry Brown.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
-    <t>#19 Derrick Goff - RB</t>
+    <t>#84 Derrick Goff - WR</t>
   </si>
   <si>
     <t>#43 David Fifield - FB</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#14 Henry Brown - WR</t>
   </si>
   <si>
     <t>#16 Jose Logan - WR</t>
   </si>
   <si>
     <t>#75 Randy Bailey - LT</t>
   </si>
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#72 George Smith - C</t>
   </si>
   <si>
     <t>#71 Ronnie Perkins - RG</t>
   </si>
   <si>
     <t>#50 Garry Doss - RT</t>
   </si>
   <si>
     <t>#93 Donald Bartos - LDE</t>
   </si>
   <si>
     <t>#63 William Benites - DT</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#50 Jason Moore - MLB</t>
   </si>
   <si>
     <t>#98 Herschel King - SLB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-PAT 31 (13:34) 12-Joe Bribem sacked at PAT 22 for -10 yards (50-Jason Moore)</t>
   </si>
   <si>
-    <t>#18 James Payne - WR</t>
+    <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>#68 Mario Newton - LDE</t>
   </si>
   <si>
-    <t>#94 Shelton Berg - MLB</t>
+    <t>#59 Shelton Berg - MLB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>PAT 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-20-PAT 22 (12:51) 19-Derrick Goff ran to PAT 25 for 3 yards. Tackle by 98-Herschel King. PENALTY - Offsides (DET 93-Donald Bartos) (Declined) PENALTY - Offsides (DET 23-Jack Kirkwood)</t>
   </si>
   <si>
     <t>#5 Billy Lord - TE</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>PAT 27</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>#79 Willie Godfrey - LT</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>PAT 36</t>
   </si>
   <si>
     <t>4-5-PAT 36 (12:08) 7-Kevin Jackson punts 47 yards to DET 17. Fair Catch by 28-Larry Ball.</t>
   </si>
   <si>
     <t>#7 Kevin Jackson - P</t>
   </si>
   <si>
     <t>#78 Ronald Gaughan - C</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
-    <t>#77 David Lachance - LDE</t>
+    <t>#40 David Lachance - SS</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>DET 17</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>1-10-DET 17 (12:01) 10-Mark Osborne pass complete to 87-Donald Hogg to DET 18 for 1 yards. Tackle by 30-Albert Earnest. PAT 54-Henry Stevens was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>DET 18</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-9-DET 18 (11:17) 24-Christopher Hibbert ran to DET 23 for 4 yards. Tackle by 45-Kenneth Short.</t>
   </si>
@@ -1016,51 +1016,51 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-10-PAT 48 (13:22) 12-Joe Bribem pass complete to 5-Billy Lord to DET 49 for 2 yards. Tackle by 36-William Soto. 5-Billy Lord breaks down the CB.</t>
   </si>
   <si>
     <t>#88 Barry Rhee - RB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>DET 49</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-8-DET 49 (12:46) (Hot Read) 12-Joe Bribem pass Pass knocked down by 93-Donald Bartos. incomplete, intended for 88-Barry Rhee. Pressure by 99-David Lachance. DET 93-Donald Bartos was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#31 Lance Jeffrey - FB</t>
   </si>
   <si>
-    <t>#17 Andrew Hurley - RB</t>
+    <t>#17 Andrew Hurley - WR</t>
   </si>
   <si>
     <t>#38 Sean Howes - MLB</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>4-8-DET 49 (12:43) 7-Kevin Jackson punts 38 yards to DET 12.</t>
   </si>
   <si>
     <t>#91 Tom Frank - RDE</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>DET 12</t>
   </si>
   <si>
     <t>1-10-DET 12 (12:34) 10-Mark Osborne pass complete to 24-Christopher Hibbert to DET 17 for 6 yards. Tackle by 35-Stephen Johnson.</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
@@ -1472,51 +1472,51 @@
   <si>
     <t>1-10-DET 44 (8:36) 48-Shawn Frye ran to DET 47 for 4 yards. Tackle by 55-Johnathan Burket.</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>2-6-DET 47 (7:53) 24-Christopher Hibbert ran to PAT 47 for 5 yards. Tackle by 41-Leon Brighton.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>3-1-PAT 47 (7:11) 48-Shawn Frye ran to PAT 41 for 6 yards. Tackle by 35-Stephen Johnson. DET 87-Donald Hogg was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
     <t>1-10-PAT 41 (6:34) PENALTY - False Start (DET 73-Wayne Peters)</t>
   </si>
   <si>
     <t>#11 Philip Sisco - QB</t>
   </si>
   <si>
-    <t>#81 Robert Averill - WR</t>
+    <t>#15 Robert Averill - WR</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
   <si>
     <t>PAT 46</t>
   </si>
   <si>
     <t>1-15-PAT 46 (6:34) 10-Mark Osborne pass complete to 24-Christopher Hibbert to PAT 43 for 3 yards. Tackle by 41-Leon Brighton.</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>Timeout DET</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>PAT 43</t>
   </si>
   <si>
     <t>2-12-PAT 43 (5:51) 48-Shawn Frye ran to PAT 39 for 4 yards. Tackle by 59-Jose Vass.</t>
   </si>
@@ -2190,88 +2190,88 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">