--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -284,150 +284,150 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Gerald Seymour kicks 74 yards from DAL 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#32 Joseph Bradshaw - FB</t>
   </si>
   <si>
-    <t>#74 Howard Guan - RT</t>
+    <t>#52 Howard Guan - RG</t>
   </si>
   <si>
     <t>#76 Winfred Frazee - RT</t>
   </si>
   <si>
-    <t>#85 Bobby Keyes - TE</t>
-[...2 lines deleted...]
-    <t>#29 Alan Tarvin - CB</t>
+    <t>#81 Bobby Keyes - TE</t>
+  </si>
+  <si>
+    <t>#29 Alan Tarvin - WLB</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#60 Roger Lundquist - C</t>
   </si>
   <si>
-    <t>#42 Travis Johnson - FS</t>
+    <t>#42 Travis Johnson - SS</t>
   </si>
   <si>
     <t>#82 Daniel Wright - TE</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#63 Danny Luke - LG</t>
   </si>
   <si>
     <t>#8 Gerald Seymour - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 8-Robert Campos pass complete to 80-Curtis Allen to CAR 27 for 2 yards. Tackle by 51-Luther Henderson. 22-Stephen Wilson totally missed that block.</t>
   </si>
   <si>
     <t>#8 Robert Campos - QB</t>
   </si>
   <si>
     <t>#22 Stephen Wilson - RB</t>
   </si>
   <si>
-    <t>#83 Stephen Jenks - WR</t>
+    <t>#84 Stephen Jenks - TE</t>
   </si>
   <si>
     <t>#80 Curtis Allen - WR</t>
   </si>
   <si>
     <t>#18 Ismael Daniels - WR</t>
   </si>
   <si>
     <t>#66 Kevin Burnett - RG</t>
   </si>
   <si>
-    <t>#67 Salvatore McHugh - RG</t>
+    <t>#55 Salvatore McHugh - RG</t>
   </si>
   <si>
     <t>#69 Oren Loughran - LDE</t>
   </si>
   <si>
     <t>#58 Andrew Williams - DT</t>
   </si>
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>
   <si>
     <t>#79 Michael Breedlove - LDE</t>
   </si>
   <si>
-    <t>#51 Luther Henderson - SLB</t>
+    <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#93 Dominic Myers - MLB</t>
   </si>
   <si>
-    <t>#90 Mario Kirk - WLB</t>
+    <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
     <t>#36 Lonnie Johnson - CB</t>
   </si>
   <si>
-    <t>#37 Arthur Dearing - CB</t>
-[...5 lines deleted...]
-    <t>#34 Michael Salinas - FS</t>
+    <t>#46 Arthur Dearing - CB</t>
+  </si>
+  <si>
+    <t>#25 Ricky Easley - SS</t>
+  </si>
+  <si>
+    <t>#38 Michael Salinas - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-8-CAR 27 (14:17) 22-Stephen Wilson ran to CAR 27 for a short loss. Tackle by 90-Mario Kirk.</t>
   </si>
   <si>
     <t>#52 Cameron Pierre - RDE</t>
   </si>
   <si>
     <t>#91 James Sansone - SLB</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
@@ -512,93 +512,93 @@
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>DAL 9</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DAL 9 (11:19) 32-Herbert Fitzpatrick ran to DAL 12 for 3 yards. Tackle by 56-Horace Farley.</t>
   </si>
   <si>
     <t>#9 Donald Hendricks - QB</t>
   </si>
   <si>
     <t>#24 Richard McConnell - RB</t>
   </si>
   <si>
     <t>#32 Herbert Fitzpatrick - WR</t>
   </si>
   <si>
-    <t>#89 Norman Hendrickson - WR</t>
+    <t>#85 Norman Hendrickson - WR</t>
   </si>
   <si>
     <t>#82 Manuel Marble - WR</t>
   </si>
   <si>
     <t>#88 Ronny Franklin - WR</t>
   </si>
   <si>
     <t>#73 Keneth Barrett - LT</t>
   </si>
   <si>
     <t>#59 Thomas Morris - LG</t>
   </si>
   <si>
     <t>#66 Owen Cramer - C</t>
   </si>
   <si>
     <t>#64 Joseph Pierce - RG</t>
   </si>
   <si>
     <t>#75 Mark Stegall - RT</t>
   </si>
   <si>
     <t>#72 Theodore Fulton - RDE</t>
   </si>
   <si>
     <t>#68 Keith Keating - DT</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
     <t>#92 Nathan Turner - SLB</t>
   </si>
   <si>
     <t>#24 John Copeland - CB</t>
   </si>
   <si>
-    <t>#34 James Fullwood - FS</t>
+    <t>#34 James Fullwood - CB</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>DAL 12</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-7-DAL 12 (10:36) 9-Donald Hendricks pass complete to 24-Richard McConnell to DAL 38 for 27 yards.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>DAL 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
@@ -608,54 +608,54 @@
   <si>
     <t>#86 Christopher Buckley - RB</t>
   </si>
   <si>
     <t>#48 Curtis Spears - RB</t>
   </si>
   <si>
     <t>#12 Christopher Mix - WR</t>
   </si>
   <si>
     <t>#53 Stanley Goetz - LT</t>
   </si>
   <si>
     <t>#55 Wilbert Lane - LG</t>
   </si>
   <si>
     <t>#71 Gerald Barlow - RG</t>
   </si>
   <si>
     <t>#65 Charles Stark - RT</t>
   </si>
   <si>
     <t>#55 Michael Sabia - MLB</t>
   </si>
   <si>
-    <t>#51 Edwin Sherwood - WLB</t>
-[...2 lines deleted...]
-    <t>#46 Junior Phillips - SS</t>
+    <t>#51 Edwin Sherwood - SLB</t>
+  </si>
+  <si>
+    <t>#46 Junior Phillips - CB</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>DAL 43</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-6-DAL 43 (9:21) 9-Donald Hendricks pass complete to 88-Ronny Franklin to DAL 49 for 7 yards. Tackle by 28-Mike Sera.</t>
   </si>
   <si>
     <t>#80 Matthew Ellis - TE</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>DAL 49</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>5:24</t>
   </si>
   <si>
     <t>CAR 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:25) Extra point GOOD by 8-Gerald Seymour. CAR 0 DAL 7</t>
   </si>
   <si>
     <t>#7 Patrick Beatty - QB</t>
   </si>
   <si>
     <t>#83 Antonio Bryant - C</t>
   </si>
   <si>
     <t>#67 Joseph Rodriguez - LT</t>
   </si>
   <si>
-    <t>#97 James Kim - RDE</t>
+    <t>#96 James Kim - LDE</t>
   </si>
   <si>
     <t>(5:25) 8-Gerald Seymour kicks 74 yards from DAL 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CAR 25 (5:25) 22-Stephen Wilson ran to CAR 28 for 3 yards. Tackle by 51-Luther Henderson.</t>
   </si>
   <si>
     <t>4:45</t>
   </si>
   <si>
     <t>CAR 28</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-7-CAR 28 (4:44) 8-Robert Campos pass Pass knocked down by 34-Michael Salinas. incomplete, intended for 82-Daniel Wright. 45-Ricky Easley got away with a hold on that play.</t>
   </si>
@@ -1067,51 +1067,51 @@
   <si>
     <t>CAR 20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-CAR 20 (10:04) 22-Stephen Wilson ran to CAR 24 for 4 yards. Tackle by 34-Michael Salinas.</t>
   </si>
   <si>
     <t>CAR 24</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>2-6-CAR 24 (9:21) 8-Robert Campos pass Pass knocked down by 45-Ricky Easley. incomplete, intended for 88-Stephen Jenks.</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>3-6-CAR 24 (9:18) 8-Robert Campos pass complete to 88-Stephen Jenks for 76 yards. TOUCHDOWN! 88-Stephen Jenks breaks down the CB. CAR 6 DAL 10</t>
   </si>
   <si>
-    <t>#20 Guy Bates - RB</t>
+    <t>#23 Guy Bates - RB</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>DAL 15</t>
   </si>
   <si>
     <t>(9:08) Extra point GOOD by 2-Henry Doak. CAR 7 DAL 10</t>
   </si>
   <si>
     <t>#2 Henry Doak - K</t>
   </si>
   <si>
     <t>#65 Mark Robinson - C</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>(9:08) 2-Henry Doak kicks 74 yards from CAR 35 to DAL -9. Touchback.</t>
   </si>
@@ -1133,51 +1133,51 @@
   <si>
     <t>2-11-DAL 24 (8:21) 9-Donald Hendricks pass complete to 80-Matthew Ellis to DAL 32 for 7 yards. Tackle by 34-James Fullwood. DAL 73-Keneth Barrett was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>DAL 32</t>
   </si>
   <si>
     <t>3-3-DAL 32 (7:39) 9-Donald Hendricks pass complete to 80-Matthew Ellis to DAL 38 for 6 yards. Tackle by 54-James Slusser.</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>1-10-DAL 38 (7:06) 9-Donald Hendricks pass incomplete, intended for 80-Matthew Ellis. Pressure by 94-William Bradley.</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>2-10-DAL 38 (7:00) 9-Donald Hendricks pass complete to 24-Richard McConnell to DAL 44 for 6 yards. Tackle by 29-Jason Cormier.</t>
   </si>
   <si>
-    <t>#30 Jason Cormier - CB</t>
+    <t>#42 Jason Cormier - CB</t>
   </si>
   <si>
     <t>#38 Charles McNeese - CB</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>DAL 44</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>3-4-DAL 44 (6:23) 9-Donald Hendricks sacked at DAL 36 for -8 yards (72-Theodore Fulton). Sack allowed by 75-Mark Stegall. 75-Mark Stegall was caught flat-footed on this play. CAR 64-Daniel Espada was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>DAL 36</t>
   </si>
   <si>
     <t>4-12-DAL 36 (5:40) 5-David Yanez punts 42 yards to CAR 22. 81-Jason Bonner to CAR 22 for 1 yards. Tackle by 97-Nelson Plummer.</t>
   </si>
@@ -2223,94 +2223,94 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="359.769" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">