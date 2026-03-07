--- v1 (2026-01-11)
+++ v2 (2026-03-07)
@@ -284,69 +284,69 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Gerald Seymour kicks 74 yards from DAL 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#32 Joseph Bradshaw - FB</t>
   </si>
   <si>
-    <t>#52 Howard Guan - RG</t>
+    <t>#75 Howard Guan - LT</t>
   </si>
   <si>
     <t>#76 Winfred Frazee - RT</t>
   </si>
   <si>
     <t>#81 Bobby Keyes - TE</t>
   </si>
   <si>
-    <t>#29 Alan Tarvin - WLB</t>
+    <t>#29 Alan Tarvin - SS</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#60 Roger Lundquist - C</t>
   </si>
   <si>
-    <t>#42 Travis Johnson - SS</t>
+    <t>#42 Travis Johnson - CB</t>
   </si>
   <si>
     <t>#82 Daniel Wright - TE</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#63 Danny Luke - LG</t>
   </si>
   <si>
     <t>#8 Gerald Seymour - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>
   <si>
     <t>#79 Michael Breedlove - LDE</t>
   </si>
   <si>
     <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#93 Dominic Myers - MLB</t>
   </si>
   <si>
     <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
     <t>#36 Lonnie Johnson - CB</t>
   </si>
   <si>
     <t>#46 Arthur Dearing - CB</t>
   </si>
   <si>
     <t>#25 Ricky Easley - SS</t>
   </si>
   <si>
-    <t>#38 Michael Salinas - SS</t>
+    <t>#46 Michael Salinas - MLB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-8-CAR 27 (14:17) 22-Stephen Wilson ran to CAR 27 for a short loss. Tackle by 90-Mario Kirk.</t>
   </si>
   <si>
     <t>#52 Cameron Pierre - RDE</t>
   </si>
   <si>
     <t>#91 James Sansone - SLB</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>#59 Thomas Morris - LG</t>
   </si>
   <si>
     <t>#66 Owen Cramer - C</t>
   </si>
   <si>
     <t>#64 Joseph Pierce - RG</t>
   </si>
   <si>
     <t>#75 Mark Stegall - RT</t>
   </si>
   <si>
     <t>#72 Theodore Fulton - RDE</t>
   </si>
   <si>
     <t>#68 Keith Keating - DT</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
-    <t>#92 Nathan Turner - SLB</t>
+    <t>#52 Nathan Turner - MLB</t>
   </si>
   <si>
     <t>#24 John Copeland - CB</t>
   </si>
   <si>
     <t>#34 James Fullwood - CB</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>DAL 12</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-7-DAL 12 (10:36) 9-Donald Hendricks pass complete to 24-Richard McConnell to DAL 38 for 27 yards.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>#48 Curtis Spears - RB</t>
   </si>
   <si>
     <t>#12 Christopher Mix - WR</t>
   </si>
   <si>
     <t>#53 Stanley Goetz - LT</t>
   </si>
   <si>
     <t>#55 Wilbert Lane - LG</t>
   </si>
   <si>
     <t>#71 Gerald Barlow - RG</t>
   </si>
   <si>
     <t>#65 Charles Stark - RT</t>
   </si>
   <si>
     <t>#55 Michael Sabia - MLB</t>
   </si>
   <si>
     <t>#51 Edwin Sherwood - SLB</t>
   </si>
   <si>
-    <t>#46 Junior Phillips - CB</t>
+    <t>#46 Junior Phillips - SS</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>DAL 43</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-6-DAL 43 (9:21) 9-Donald Hendricks pass complete to 88-Ronny Franklin to DAL 49 for 7 yards. Tackle by 28-Mike Sera.</t>
   </si>
   <si>
     <t>#80 Matthew Ellis - TE</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>DAL 49</t>
   </si>
@@ -1172,51 +1172,51 @@
   <si>
     <t>3-4-DAL 44 (6:23) 9-Donald Hendricks sacked at DAL 36 for -8 yards (72-Theodore Fulton). Sack allowed by 75-Mark Stegall. 75-Mark Stegall was caught flat-footed on this play. CAR 64-Daniel Espada was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>DAL 36</t>
   </si>
   <si>
     <t>4-12-DAL 36 (5:40) 5-David Yanez punts 42 yards to CAR 22. 81-Jason Bonner to CAR 22 for 1 yards. Tackle by 97-Nelson Plummer.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>CAR 22</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-CAR 22 (5:33) 8-Robert Campos pass complete to 82-Daniel Wright to CAR 29 for 7 yards. Tackle by 26-Jose Vasquez. Nice job by 82-Daniel Wright on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#48 Leonardo Dennis - FB</t>
+    <t>#45 Leonardo Dennis - FB</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>CAR 29</t>
   </si>
   <si>
     <t>2-3-CAR 29 (4:48) 8-Robert Campos pass complete to 32-Joseph Bradshaw to CAR 31 for 2 yards. Tackle by 51-Luther Henderson.</t>
   </si>
   <si>
     <t>4:06</t>
   </si>
   <si>
     <t>CAR 31</t>
   </si>
   <si>
     <t>3-1-CAR 31 (4:05) 22-Stephen Wilson ran to CAR 30 for -1 yards. Tackle by 90-Mario Kirk. PENALTY - Unnecessary Roughness (DAL 90-Mario Kirk)</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>1-10-CAR 45 (4:03) 22-Stephen Wilson ran to CAR 49 for 4 yards. Tackle by 45-Ricky Easley.</t>
   </si>
@@ -2233,51 +2233,51 @@
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>