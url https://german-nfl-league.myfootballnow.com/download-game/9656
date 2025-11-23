--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -284,210 +284,210 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PAT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Gerald Seymour kicks 74 yards from DAL 35 to PAT -9. Touchback.</t>
   </si>
   <si>
     <t>#20 David Hutchings - RB</t>
   </si>
   <si>
-    <t>#97 Dan Coffman - LDE</t>
+    <t>#97 Dan Coffman - DT</t>
   </si>
   <si>
     <t>#41 Leon Brighton - CB</t>
   </si>
   <si>
     <t>#47 Martin Carpenter - CB</t>
   </si>
   <si>
     <t>#35 Stephen Johnson - LDE</t>
   </si>
   <si>
     <t>#57 Phillip Nicholas - FS</t>
   </si>
   <si>
     <t>#45 Kenneth Short - WLB</t>
   </si>
   <si>
     <t>#45 James Lang - CB</t>
   </si>
   <si>
     <t>#30 Albert Earnest - CB</t>
   </si>
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
-    <t>#42 Tony Jackson - FS</t>
+    <t>#42 Tony Jackson - RDE</t>
   </si>
   <si>
     <t>#8 Gerald Seymour - K</t>
   </si>
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>PAT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PAT 25 (15:00) 19-Derrick Goff ran to PAT 28 for 3 yards. Tackle by 93-Dominic Myers. DAL 70-Samuel Smith was injured on the play. He looks like he should be able to return. PENALTY - Facemask (DAL 93-Dominic Myers)</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
     <t>#19 Derrick Goff - RB</t>
   </si>
   <si>
     <t>#43 David Fifield - FB</t>
   </si>
   <si>
     <t>#2 John Vallejo - C</t>
   </si>
   <si>
     <t>#14 Henry Brown - WR</t>
   </si>
   <si>
     <t>#16 Jose Logan - WR</t>
   </si>
   <si>
     <t>#75 Randy Bailey - LT</t>
   </si>
   <si>
-    <t>#64 Max Harden - LG</t>
+    <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#72 George Smith - C</t>
   </si>
   <si>
     <t>#71 Ronnie Perkins - RG</t>
   </si>
   <si>
     <t>#50 Garry Doss - RT</t>
   </si>
   <si>
     <t>#69 Oren Loughran - LDE</t>
   </si>
   <si>
     <t>#58 Andrew Williams - DT</t>
   </si>
   <si>
     <t>#79 Michael Breedlove - LDE</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
-    <t>#51 Luther Henderson - SLB</t>
+    <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#91 James Sansone - SLB</t>
   </si>
   <si>
     <t>#93 Dominic Myers - MLB</t>
   </si>
   <si>
     <t>#36 Lonnie Johnson - CB</t>
   </si>
   <si>
-    <t>#37 Arthur Dearing - CB</t>
-[...2 lines deleted...]
-    <t>#45 Ricky Easley - SS</t>
+    <t>#46 Arthur Dearing - CB</t>
+  </si>
+  <si>
+    <t>#25 Ricky Easley - SS</t>
   </si>
   <si>
     <t>#34 Michael Salinas - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>PAT 43</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PAT 43 (14:58) 12-Joe Bribem pass Pass knocked down by 27-Alexis White. incomplete, intended for 2-John Vallejo.</t>
   </si>
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>
   <si>
     <t>#27 Alexis White - WLB</t>
   </si>
   <si>
     <t>#26 Jose Vasquez - CB</t>
   </si>
   <si>
     <t>#40 Jesse Frakes - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-PAT 43 (14:56) 19-Derrick Goff ran to PAT 48 for 5 yards. Tackle by 93-Dominic Myers.</t>
   </si>
   <si>
     <t>#72 Jonathan Thomas - DT</t>
   </si>
   <si>
     <t>#52 Cameron Pierre - RDE</t>
   </si>
   <si>
-    <t>#90 Mario Kirk - WLB</t>
+    <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>PAT 48</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-5-PAT 48 (14:13) 12-Joe Bribem pass complete to 2-John Vallejo to DAL 26 for 26 yards. Tackle by 40-Jesse Frakes. PENALTY - Pass Interference (DAL 26-Jose Vasquez) (Declined)</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>DAL 26</t>
   </si>
   <si>
     <t>1-10-DAL 26 (14:07) 19-Derrick Goff ran to DAL 22 for 4 yards. Tackle by 91-James Sansone.</t>
   </si>
@@ -599,129 +599,129 @@
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>DAL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:03) Extra point GOOD by 15-Merle Garner. PAT 7 DAL 0</t>
   </si>
   <si>
     <t>#4 Glen Glover - QB</t>
   </si>
   <si>
     <t>#15 Merle Garner - K</t>
   </si>
   <si>
     <t>#89 Johnny Cohen - LG</t>
   </si>
   <si>
-    <t>#60 Ronald Gaughan - C</t>
+    <t>#78 Ronald Gaughan - C</t>
   </si>
   <si>
     <t>#51 Walter Marks - RG</t>
   </si>
   <si>
     <t>#66 Edward Stone - LG</t>
   </si>
   <si>
     <t>PAT 35</t>
   </si>
   <si>
     <t>(10:03) 15-Merle Garner kicks 75 yards from PAT 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>#48 Curtis Spears - RB</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-DAL 25 (10:03) 32-Herbert Fitzpatrick ran to DAL 22 for -3 yards. Tackle by 96-Terry Durst.</t>
   </si>
   <si>
     <t>#9 Donald Hendricks - QB</t>
   </si>
   <si>
     <t>#24 Richard McConnell - RB</t>
   </si>
   <si>
     <t>#32 Herbert Fitzpatrick - WR</t>
   </si>
   <si>
-    <t>#89 Norman Hendrickson - WR</t>
+    <t>#85 Norman Hendrickson - WR</t>
   </si>
   <si>
     <t>#82 Manuel Marble - WR</t>
   </si>
   <si>
     <t>#88 Ronny Franklin - WR</t>
   </si>
   <si>
     <t>#53 Stanley Goetz - LT</t>
   </si>
   <si>
     <t>#59 Thomas Morris - LG</t>
   </si>
   <si>
     <t>#66 Owen Cramer - C</t>
   </si>
   <si>
     <t>#64 Joseph Pierce - RG</t>
   </si>
   <si>
     <t>#75 Mark Stegall - RT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
     <t>#54 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#68 Stanley Stokley - DT</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
     <t>#96 Terry Durst - SLB</t>
   </si>
   <si>
     <t>#99 Barry Durkee - MLB</t>
   </si>
   <si>
-    <t>#59 Jose Vass - WLB</t>
+    <t>#98 Jose Vass - WLB</t>
   </si>
   <si>
     <t>#29 Nicholas Heider - CB</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>2-13-DAL 22 (9:28) 9-Donald Hendricks pass complete to 12-Christopher Mix to DAL 33 for 11 yards. Tackle by 96-Terry Durst. Nice job by 12-Christopher Mix on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#12 Christopher Mix - WR</t>
   </si>
   <si>
     <t>#80 Matthew Ellis - TE</t>
   </si>
   <si>
     <t>#86 Christopher Buckley - RB</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
@@ -2304,94 +2304,94 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">