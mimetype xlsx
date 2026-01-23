--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -335,57 +335,57 @@
   <si>
     <t>#42 Tony Jackson - RDE</t>
   </si>
   <si>
     <t>#8 Gerald Seymour - K</t>
   </si>
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>PAT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PAT 25 (15:00) 19-Derrick Goff ran to PAT 28 for 3 yards. Tackle by 93-Dominic Myers. DAL 70-Samuel Smith was injured on the play. He looks like he should be able to return. PENALTY - Facemask (DAL 93-Dominic Myers)</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
-    <t>#19 Derrick Goff - RB</t>
+    <t>#84 Derrick Goff - WR</t>
   </si>
   <si>
     <t>#43 David Fifield - FB</t>
   </si>
   <si>
-    <t>#2 John Vallejo - C</t>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#14 Henry Brown - WR</t>
   </si>
   <si>
     <t>#16 Jose Logan - WR</t>
   </si>
   <si>
     <t>#75 Randy Bailey - LT</t>
   </si>
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#72 George Smith - C</t>
   </si>
   <si>
     <t>#71 Ronnie Perkins - RG</t>
   </si>
   <si>
     <t>#50 Garry Doss - RT</t>
   </si>
   <si>
     <t>#69 Oren Loughran - LDE</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#79 Michael Breedlove - LDE</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
     <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#91 James Sansone - SLB</t>
   </si>
   <si>
     <t>#93 Dominic Myers - MLB</t>
   </si>
   <si>
     <t>#36 Lonnie Johnson - CB</t>
   </si>
   <si>
     <t>#46 Arthur Dearing - CB</t>
   </si>
   <si>
     <t>#25 Ricky Easley - SS</t>
   </si>
   <si>
-    <t>#34 Michael Salinas - FS</t>
+    <t>#46 Michael Salinas - MLB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>PAT 43</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PAT 43 (14:58) 12-Joe Bribem pass Pass knocked down by 27-Alexis White. incomplete, intended for 2-John Vallejo.</t>
   </si>
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>
   <si>
     <t>#27 Alexis White - WLB</t>
   </si>
   <si>
     <t>#26 Jose Vasquez - CB</t>
   </si>
@@ -473,90 +473,90 @@
   <si>
     <t>PAT 48</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-5-PAT 48 (14:13) 12-Joe Bribem pass complete to 2-John Vallejo to DAL 26 for 26 yards. Tackle by 40-Jesse Frakes. PENALTY - Pass Interference (DAL 26-Jose Vasquez) (Declined)</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>DAL 26</t>
   </si>
   <si>
     <t>1-10-DAL 26 (14:07) 19-Derrick Goff ran to DAL 22 for 4 yards. Tackle by 91-James Sansone.</t>
   </si>
   <si>
     <t>#5 Billy Lord - TE</t>
   </si>
   <si>
-    <t>#18 James Payne - WR</t>
+    <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
     <t>#97 Nelson Plummer - MLB</t>
   </si>
   <si>
     <t>#22 Arthur Womack - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>DAL 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-6-DAL 22 (13:35) 12-Joe Bribem pass incomplete, dropped by 86-Rudolph Powell.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>3-6-DAL 22 (13:31) 12-Joe Bribem pass complete to 17-Andrew Hurley to DAL 16 for 6 yards. Tackle by 26-Jose Vasquez. Great move by 17-Andrew Hurley to get free of his coverage.</t>
   </si>
   <si>
     <t>#88 Barry Rhee - RB</t>
   </si>
   <si>
-    <t>#17 Andrew Hurley - RB</t>
+    <t>#17 Andrew Hurley - WR</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>DAL 16</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-DAL 16 (12:48) 12-Joe Bribem pass complete to 14-Henry Brown to DAL 6 for 10 yards. Tackle by 40-Jesse Frakes.</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>DAL 6</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-DAL 6 (12:06) 12-Joe Bribem pass complete to 86-Rudolph Powell to DAL 4 for 2 yards. 86-Rudolph Powell did some fancy footwork there. DAL 97-Nelson Plummer was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -662,60 +662,60 @@
   <si>
     <t>#82 Manuel Marble - WR</t>
   </si>
   <si>
     <t>#88 Ronny Franklin - WR</t>
   </si>
   <si>
     <t>#53 Stanley Goetz - LT</t>
   </si>
   <si>
     <t>#59 Thomas Morris - LG</t>
   </si>
   <si>
     <t>#66 Owen Cramer - C</t>
   </si>
   <si>
     <t>#64 Joseph Pierce - RG</t>
   </si>
   <si>
     <t>#75 Mark Stegall - RT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
-    <t>#54 Henry Stevens - DT</t>
+    <t>#66 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#68 Stanley Stokley - DT</t>
   </si>
   <si>
     <t>#76 James Witt - RDE</t>
   </si>
   <si>
-    <t>#96 Terry Durst - SLB</t>
+    <t>#96 Terry Durst - LDE</t>
   </si>
   <si>
     <t>#99 Barry Durkee - MLB</t>
   </si>
   <si>
     <t>#98 Jose Vass - WLB</t>
   </si>
   <si>
     <t>#29 Nicholas Heider - CB</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>2-13-DAL 22 (9:28) 9-Donald Hendricks pass complete to 12-Christopher Mix to DAL 33 for 11 yards. Tackle by 96-Terry Durst. Nice job by 12-Christopher Mix on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#12 Christopher Mix - WR</t>
   </si>
   <si>
     <t>#80 Matthew Ellis - TE</t>
   </si>