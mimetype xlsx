--- v2 (2026-01-23)
+++ v3 (2026-03-16)
@@ -437,87 +437,87 @@
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>
   <si>
     <t>#27 Alexis White - WLB</t>
   </si>
   <si>
     <t>#26 Jose Vasquez - CB</t>
   </si>
   <si>
     <t>#40 Jesse Frakes - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-PAT 43 (14:56) 19-Derrick Goff ran to PAT 48 for 5 yards. Tackle by 93-Dominic Myers.</t>
   </si>
   <si>
-    <t>#72 Jonathan Thomas - DT</t>
+    <t>#74 Jonathan Thomas - DT</t>
   </si>
   <si>
     <t>#52 Cameron Pierre - RDE</t>
   </si>
   <si>
     <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>PAT 48</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-5-PAT 48 (14:13) 12-Joe Bribem pass complete to 2-John Vallejo to DAL 26 for 26 yards. Tackle by 40-Jesse Frakes. PENALTY - Pass Interference (DAL 26-Jose Vasquez) (Declined)</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>DAL 26</t>
   </si>
   <si>
     <t>1-10-DAL 26 (14:07) 19-Derrick Goff ran to DAL 22 for 4 yards. Tackle by 91-James Sansone.</t>
   </si>
   <si>
     <t>#5 Billy Lord - TE</t>
   </si>
   <si>
-    <t>#6 James Payne - WR</t>
+    <t>#80 James Payne - WR</t>
   </si>
   <si>
     <t>#86 Rudolph Powell - WR</t>
   </si>
   <si>
     <t>#97 Nelson Plummer - MLB</t>
   </si>
   <si>
     <t>#22 Arthur Womack - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>DAL 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-6-DAL 22 (13:35) 12-Joe Bribem pass incomplete, dropped by 86-Rudolph Powell.</t>
   </si>