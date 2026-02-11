--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -284,192 +284,192 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BUC</t>
   </si>
   <si>
     <t>BUC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-John Smith kicks 74 yards from BUC 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#82 Daniel Wright - TE</t>
   </si>
   <si>
-    <t>#74 Howard Guan - RT</t>
+    <t>#75 Howard Guan - LT</t>
   </si>
   <si>
     <t>#76 Winfred Frazee - RT</t>
   </si>
   <si>
-    <t>#85 Bobby Keyes - TE</t>
+    <t>#81 Bobby Keyes - TE</t>
   </si>
   <si>
     <t>#78 Kevin Samuels - LT</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#60 Roger Lundquist - C</t>
   </si>
   <si>
-    <t>#40 Edwin Fonseca - FB</t>
-[...2 lines deleted...]
-    <t>#42 Travis Johnson - SS</t>
+    <t>#48 Edwin Fonseca - FB</t>
+  </si>
+  <si>
+    <t>#42 Travis Johnson - CB</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#66 Kevin Burnett - RG</t>
   </si>
   <si>
     <t>#12 John Smith - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 22-Stephen Wilson ran to CAR 44 for 19 yards. Tackle by 26-Robert Linton.</t>
   </si>
   <si>
     <t>#8 Robert Campos - QB</t>
   </si>
   <si>
     <t>#22 Stephen Wilson - RB</t>
   </si>
   <si>
-    <t>#48 Leonardo Dennis - FB</t>
+    <t>#45 Leonardo Dennis - FB</t>
   </si>
   <si>
     <t>#84 Mack Helm - WR</t>
   </si>
   <si>
     <t>#18 Ismael Daniels - WR</t>
   </si>
   <si>
     <t>#91 Marc Watson - MLB</t>
   </si>
   <si>
     <t>#77 Jonathan Williams - DT</t>
   </si>
   <si>
     <t>#73 Alfred Villegas - DT</t>
   </si>
   <si>
     <t>#99 Fritz Peterson - RDE</t>
   </si>
   <si>
     <t>#97 William Gonzales - SLB</t>
   </si>
   <si>
     <t>#98 Michael Garcia - SLB</t>
   </si>
   <si>
-    <t>#36 Timothy Key - FS</t>
+    <t>#36 Timothy Key - SLB</t>
   </si>
   <si>
     <t>#23 Frank Robinson - CB</t>
   </si>
   <si>
     <t>#39 Donald Liddell - CB</t>
   </si>
   <si>
     <t>#38 Jonathon Fitzpatrick - FS</t>
   </si>
   <si>
     <t>#26 Robert Linton - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>CAR 44</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 44 (14:16) 27-Timothy Deck ran to CAR 43 for -1 yards. Tackle by 99-Fritz Peterson.</t>
   </si>
   <si>
-    <t>#27 Timothy Deck - RB</t>
+    <t>#25 Timothy Deck - RB</t>
   </si>
   <si>
     <t>#81 Jason Bonner - WR</t>
   </si>
   <si>
     <t>#88 Richard Blackstone - WR</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>CAR 43</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB5 Blitz</t>
   </si>
   <si>
     <t>2-11-CAR 43 (13:32) 22-Stephen Wilson ran to CAR 45 for 2 yards. Tackle by 77-Jonathan Williams.</t>
   </si>
   <si>
     <t>#33 James Martin - CB</t>
   </si>
   <si>
     <t>#35 John Tyree - CB</t>
   </si>
   <si>
-    <t>#43 Buffalo Bill - CB</t>
+    <t>#27 Buffalo Bill - CB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>CAR 45</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Flat</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-9-CAR 45 (12:51) 8-Robert Campos pass complete to 84-Mack Helm for 55 yards. TOUCHDOWN! CAR 6 BUC 0</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>BUC 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>#86 James Acevedo - WR</t>
   </si>
   <si>
     <t>#52 Carroll Guzman - SLB</t>
   </si>
   <si>
     <t>#32 Robert Franklin - FS</t>
   </si>
   <si>
     <t>#53 Rusty Hurley - LT</t>
   </si>
   <si>
     <t>#58 Jorge Little - MLB</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>(12:43) 2-Henry Doak kicks 75 yards from CAR 35 to BUC -10. Touchback.</t>
   </si>
   <si>
     <t>#16 John White - WR</t>
   </si>
   <si>
-    <t>#42 Dean Rivas - CB</t>
+    <t>#35 Dean Rivas - SS</t>
   </si>
   <si>
     <t>BUC 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BUC 25 (12:43) 19-Gregory Hill pass complete to 31-Timothy Rubino to BUC 33 for 8 yards. Tackle by 24-John Copeland. 28-Mike Sera got away with a hold on that play. 16-Bubbelin Brookins missed that block completely.</t>
   </si>
   <si>
     <t>#19 Gregory Hill - QB</t>
   </si>
   <si>
     <t>#31 Timothy Rubino - RB</t>
   </si>
   <si>
     <t>#40 Jordan Gonzalez - FB</t>
   </si>
   <si>
     <t>#82 Hunter Maynard - WR</t>
   </si>
@@ -569,87 +569,87 @@
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>
   <si>
     <t>#68 Keith Keating - DT</t>
   </si>
   <si>
     <t>#72 Theodore Fulton - RDE</t>
   </si>
   <si>
     <t>#56 Horace Farley - MLB</t>
   </si>
   <si>
     <t>#24 John Copeland - CB</t>
   </si>
   <si>
     <t>#21 Francis Hartin - CB</t>
   </si>
   <si>
     <t>#44 David Norton - FS</t>
   </si>
   <si>
-    <t>#46 Junior Phillips - CB</t>
+    <t>#46 Junior Phillips - SS</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>BUC 33</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-2-BUC 33 (11:58) 31-Timothy Rubino ran to BUC 36 for 3 yards. Tackle by 54-James Slusser.</t>
   </si>
   <si>
     <t>#80 Mitch Miller  - TE</t>
   </si>
   <si>
     <t>#54 James Slusser - WLB</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>BUC 36</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BUC 36 (11:13) 31-Timothy Rubino ran to BUC 40 for 4 yards. Tackle by 46-Junior Phillips.</t>
   </si>
   <si>
-    <t>#92 Nathan Turner - SLB</t>
+    <t>#52 Nathan Turner - MLB</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>BUC 40</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-6-BUC 40 (10:35) 19-Gregory Hill sacked at BUC 34 for -6 yards (92-Nathan Turner)</t>
   </si>
   <si>
     <t>#85 Calvin Fletcher - TE</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>BUC 34</t>
   </si>
@@ -1301,51 +1301,51 @@
   <si>
     <t>2-9-CAR 14 (0:56) 8-Robert Campos pass complete to 22-Stephen Wilson to CAR 14 for a short loss. Tackle by 98-Michael Garcia.</t>
   </si>
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>Dime Flat CB4 Blitz</t>
   </si>
   <si>
     <t>3-9-CAR 14 (0:12) 8-Robert Campos pass INTERCEPTED by 27-Frank Robinson at CAR 21. 27-Frank Robinson to CAR 21 for 0 yards. Tackle by 82-Daniel Wright.</t>
   </si>
   <si>
     <t>0:08</t>
   </si>
   <si>
     <t>CAR 21</t>
   </si>
   <si>
     <t>1-10-CAR 21 (0:09) 12-John Smith 39 yard field goal is GOOD. CAR 10 BUC 3</t>
   </si>
   <si>
-    <t>#97 James Kim - RDE</t>
+    <t>#96 James Kim - LDE</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>(0:06) 12-John Smith kicks 72 yards from BUC 35 to CAR -7. Touchback.</t>
   </si>
   <si>
     <t>1-10-CAR 25 (0:06) 8-Robert Campos pass Pass knocked down by 98-Michael Garcia. incomplete, intended for 82-Daniel Wright.</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>2-10-CAR 25 (0:03) 8-Robert Campos pass complete to 82-Daniel Wright to CAR 32 for 7 yards. Tackle by 35-John Tyree. Nice job by 82-Daniel Wright on that route to lose his coverage.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 2-Henry Doak kicks 72 yards from CAR 35 to BUC -7. Touchback.</t>
   </si>
   <si>
     <t>1-10-BUC 25 (15:00) 31-Timothy Rubino ran to BUC 28 for 3 yards. Tackle by 56-Horace Farley. PENALTY - Facemask (CAR 56-Horace Farley)</t>
   </si>
@@ -1661,51 +1661,51 @@
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>2-9-BUC 26 (12:03) 19-Gregory Hill pass complete to 16-Bubbelin Brookins to BUC 31 for 5 yards. Tackle by 42-Travis Johnson. Great move by 16-Bubbelin Brookins to get free of his coverage. Pressure by 72-Theodore Fulton. 42-Travis Johnson got away with a hold on that play.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4-BUC 31 (11:37) 19-Gregory Hill ran to CAR 42 for 27 yards. 19-Gregory Hill slides to avoid being hit.</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>CAR 42</t>
   </si>
   <si>
     <t>1-10-CAR 42 (11:10) 19-Gregory Hill pass complete to 86-James Acevedo to CAR 33 for 9 yards. Pushed out of bounds by 34-James Fullwood. Nice job by 86-James Acevedo on that route to lose his coverage. CAR 94-William Bradley was injured on the play.</t>
   </si>
   <si>
-    <t>#50 Kenneth Mabry - SLB</t>
+    <t>#57 Kenneth Mabry - SLB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>2-1-CAR 33 (10:48) 19-Gregory Hill pass incomplete, dropped by 45-Stephen Green. Pressure by 54-James Slusser.</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>3-1-CAR 33 (10:44) 19-Gregory Hill pass complete to 80-Mitch Miller  to CAR 18 for 15 yards. Tackle by 42-Travis Johnson. Great move by 80-Mitch Miller  to get free of his coverage. Pressure by 72-Theodore Fulton.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>CAR 18</t>
   </si>
   <si>
     <t>1-10-CAR 18 (10:17) 19-Gregory Hill pass complete to 80-Mitch Miller  to CAR 6 for 12 yards. Tackle by 55-Michael Sabia. Nice job by 80-Mitch Miller  on that route to lose his coverage. 34-James Fullwood got away with a hold on that play. Pressure by 97-James Kim. 29-Alan Tarvin got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>