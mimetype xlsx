--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -290,129 +290,129 @@
   <si>
     <t>BUC</t>
   </si>
   <si>
     <t>BUC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-John Smith kicks 76 yards from BUC 35 to CAR -11. Touchback.</t>
   </si>
   <si>
     <t>#88 Richard Blackstone - WR</t>
   </si>
   <si>
     <t>#29 Alan Tarvin - SS</t>
   </si>
   <si>
     <t>#76 Winfred Frazee - RT</t>
   </si>
   <si>
-    <t>#85 Bobby Keyes - TE</t>
+    <t>#81 Bobby Keyes - TE</t>
   </si>
   <si>
     <t>#78 Kevin Samuels - LT</t>
   </si>
   <si>
     <t>#28 Mike Sera - CB</t>
   </si>
   <si>
     <t>#60 Roger Lundquist - C</t>
   </si>
   <si>
-    <t>#42 Travis Johnson - SS</t>
+    <t>#42 Travis Johnson - CB</t>
   </si>
   <si>
     <t>#82 Daniel Wright - TE</t>
   </si>
   <si>
     <t>#62 Dennis Scott - LG</t>
   </si>
   <si>
     <t>#66 Kevin Burnett - RG</t>
   </si>
   <si>
     <t>#12 John Smith - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 8-Robert Campos pass INTERCEPTED by 98-Michael Garcia at CAR 34. 98-Michael Garcia to CAR 34 for -0 yards. Tackle by 82-Daniel Wright. BUC 77-Jonathan Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 Robert Campos - QB</t>
   </si>
   <si>
     <t>#22 Stephen Wilson - RB</t>
   </si>
   <si>
-    <t>#48 Leonardo Dennis - FB</t>
+    <t>#45 Leonardo Dennis - FB</t>
   </si>
   <si>
     <t>#80 Curtis Allen - WR</t>
   </si>
   <si>
     <t>#18 Ismael Daniels - WR</t>
   </si>
   <si>
     <t>#70 Beau Brummel - LT</t>
   </si>
   <si>
     <t>#91 Marc Watson - MLB</t>
   </si>
   <si>
     <t>#77 Jonathan Williams - DT</t>
   </si>
   <si>
     <t>#73 Alfred Villegas - DT</t>
   </si>
   <si>
     <t>#99 Fritz Peterson - RDE</t>
   </si>
   <si>
     <t>#97 William Gonzales - SLB</t>
   </si>
   <si>
     <t>#98 Michael Garcia - SLB</t>
   </si>
   <si>
-    <t>#36 Timothy Key - FS</t>
+    <t>#36 Timothy Key - SLB</t>
   </si>
   <si>
     <t>#23 Frank Robinson - CB</t>
   </si>
   <si>
     <t>#39 Donald Liddell - CB</t>
   </si>
   <si>
     <t>#38 Jonathon Fitzpatrick - FS</t>
   </si>
   <si>
     <t>#26 Robert Linton - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>CAR 34</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
@@ -443,63 +443,63 @@
   <si>
     <t>#63 Lenny Barker - LG</t>
   </si>
   <si>
     <t>#78 Anthony Colon - C</t>
   </si>
   <si>
     <t>#65 Richard Abner - RG</t>
   </si>
   <si>
     <t>#66 William Luong - RT</t>
   </si>
   <si>
     <t>#94 William Bradley - LDE</t>
   </si>
   <si>
     <t>#64 Daniel Espada - DT</t>
   </si>
   <si>
     <t>#68 Keith Keating - DT</t>
   </si>
   <si>
     <t>#72 Theodore Fulton - RDE</t>
   </si>
   <si>
-    <t>#92 Nathan Turner - SLB</t>
+    <t>#52 Nathan Turner - MLB</t>
   </si>
   <si>
     <t>#56 Horace Farley - MLB</t>
   </si>
   <si>
     <t>#54 James Slusser - WLB</t>
   </si>
   <si>
     <t>#24 John Copeland - CB</t>
   </si>
   <si>
-    <t>#46 Junior Phillips - CB</t>
+    <t>#46 Junior Phillips - SS</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-CAR 34 (14:54) 19-Gregory Hill pass complete to 86-James Acevedo to CAR 29 for 5 yards. Tackle by 24-John Copeland.</t>
   </si>
   <si>
     <t>#31 Timothy Rubino - RB</t>
   </si>
   <si>
     <t>#80 Mitch Miller  - TE</t>
   </si>
   <si>
     <t>#98 Jack Bryce - LDE</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-CAR 27 (13:40) 12-John Smith 45 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#10 Sean Pierce - P</t>
   </si>
   <si>
     <t>#57 Jerry Larsen - RDE</t>
   </si>
   <si>
     <t>#60 Shawn Williams - C</t>
   </si>
   <si>
     <t>#64 Salvador Massey - RG</t>
   </si>
   <si>
     <t>#69 John Holley - DT</t>
   </si>
   <si>
-    <t>#97 James Kim - RDE</t>
+    <t>#96 James Kim - LDE</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-CAR 34 (13:37) 8-Robert Campos pass complete to 84-Mack Helm to CAR 45 for 12 yards. Tackle by 26-Robert Linton.</t>
   </si>
   <si>
     <t>#84 Mack Helm - WR</t>
   </si>
   <si>
     <t>#69 Kenny Cowan - DT</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>CAR 45</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-12-BUC 38 (11:39) 8-Robert Campos pass Pass knocked down by 26-Robert Linton. incomplete, intended for 84-Mack Helm.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-BUC 38 (11:36) 10-Armando Adams punts 40 yards to BUC -2.4-12-BUC 38 (11:36) 10-Armando Adams punts 40 yards to BUC -2. Touchback.</t>
   </si>
   <si>
     <t>#10 Armando Adams - P</t>
   </si>
   <si>
     <t>#53 Steven Moses - C</t>
   </si>
   <si>
-    <t>#42 Dean Rivas - CB</t>
+    <t>#35 Dean Rivas - SS</t>
   </si>
   <si>
     <t>#49 Fredric Moser - FS</t>
   </si>
   <si>
     <t>#95 Rudy Matthews - WLB</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>BUC 20</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>1-10-BUC 20 (11:28) 19-Gregory Hill pass complete to 86-James Acevedo to BUC 25 for 5 yards. Tackle by 42-Travis Johnson.</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>BUC 25</t>
   </si>
@@ -1682,51 +1682,51 @@
   <si>
     <t>1-10-BUC 1 (8:29) 19-Gregory Hill pass complete to 45-Stephen Green to BUC 6 for 5 yards. Tackle by 55-Michael Sabia.</t>
   </si>
   <si>
     <t>#55 Michael Sabia - MLB</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>BUC 6</t>
   </si>
   <si>
     <t>2-5-BUC 6 (8:09) 19-Gregory Hill pass complete to 86-James Acevedo for 94 yards. TOUCHDOWN! 86-James Acevedo made a great move on the CB. BUC 6 CAR 31</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>CAR 15</t>
   </si>
   <si>
     <t>(7:56) Extra point GOOD by 12-John Smith. BUC 7 CAR 31</t>
   </si>
   <si>
-    <t>#91 Robert Chamberlain - LDE</t>
+    <t>#54 Robert Chamberlain - SLB</t>
   </si>
   <si>
     <t>(7:56) 12-John Smith kicks 75 yards from BUC 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-CAR 25 (7:56) 22-Stephen Wilson ran to CAR 35 for 10 yards. Tackle by 26-Robert Linton.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>1-10-CAR 35 (7:19) 26-Alex Martin ran to CAR 42 for 7 yards. Tackle by 38-Jonathon Fitzpatrick.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>2-3-CAR 42 (6:39) 26-Alex Martin ran to CAR 43 for 1 yards. Tackle by 99-Fritz Peterson.</t>
   </si>
   <si>
     <t>3-2-CAR 43 (6:02) 22-Stephen Wilson ran to CAR 45 for 2 yards. Tackle by 73-Alfred Villegas.</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
@@ -2278,51 +2278,51 @@
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">