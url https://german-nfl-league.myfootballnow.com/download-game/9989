--- v0 (2025-11-23)
+++ v1 (2026-01-23)
@@ -338,60 +338,60 @@
   <si>
     <t>#8 Gerald Seymour - K</t>
   </si>
   <si>
     <t>PAT</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>PAT 23</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PAT 23 (14:56) 12-Joe Bribem pass Pass knocked down by 49-James Bailey. incomplete, intended for 2-John Vallejo. 51-Luther Henderson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#12 Joe Bribem - QB</t>
   </si>
   <si>
-    <t>#19 Derrick Goff - RB</t>
-[...2 lines deleted...]
-    <t>#2 John Vallejo - C</t>
+    <t>#84 Derrick Goff - WR</t>
+  </si>
+  <si>
+    <t>#2 John Vallejo - TE</t>
   </si>
   <si>
     <t>#14 Henry Brown - WR</t>
   </si>
   <si>
-    <t>#18 James Payne - WR</t>
+    <t>#6 James Payne - WR</t>
   </si>
   <si>
     <t>#16 Jose Logan - WR</t>
   </si>
   <si>
     <t>#75 Randy Bailey - LT</t>
   </si>
   <si>
     <t>#78 Max Harden - LG</t>
   </si>
   <si>
     <t>#72 George Smith - C</t>
   </si>
   <si>
     <t>#71 Ronnie Perkins - RG</t>
   </si>
   <si>
     <t>#50 Garry Doss - RT</t>
   </si>
   <si>
     <t>#69 Oren Loughran - LDE</t>
   </si>
   <si>
     <t>#58 Andrew Williams - DT</t>
   </si>
@@ -530,57 +530,57 @@
   <si>
     <t>#88 Ronny Franklin - WR</t>
   </si>
   <si>
     <t>#82 Manuel Marble - WR</t>
   </si>
   <si>
     <t>#73 Keneth Barrett - LT</t>
   </si>
   <si>
     <t>#59 Thomas Morris - LG</t>
   </si>
   <si>
     <t>#66 Owen Cramer - C</t>
   </si>
   <si>
     <t>#64 Joseph Pierce - RG</t>
   </si>
   <si>
     <t>#75 Mark Stegall - RT</t>
   </si>
   <si>
     <t>#95 Hector Thomas - LDE</t>
   </si>
   <si>
-    <t>#54 Henry Stevens - DT</t>
+    <t>#66 Henry Stevens - DT</t>
   </si>
   <si>
     <t>#93 Joseph Gonzalez - RDE</t>
   </si>
   <si>
-    <t>#96 Terry Durst - SLB</t>
+    <t>#96 Terry Durst - LDE</t>
   </si>
   <si>
     <t>#99 Barry Durkee - MLB</t>
   </si>
   <si>
     <t>#55 Johnathan Burket - LDE</t>
   </si>
   <si>
     <t>#29 Nicholas Heider - CB</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-DAL 21 (13:23) 9-Donald Hendricks pass complete to 81-Rolland Kim to DAL 28 for 7 yards. Tackle by 29-Nicholas Heider. DAL 59-Thomas Morris was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#86 Christopher Buckley - RB</t>
   </si>
@@ -929,51 +929,51 @@
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>2-8-PAT 38 (15:00) PENALTY - False Start (PAT 43-David Fifield)</t>
   </si>
   <si>
     <t>PAT 33</t>
   </si>
   <si>
     <t>2-13-PAT 33 (15:00) 12-Joe Bribem pass complete to 19-Derrick Goff to PAT 33 for a short loss. Tackle by 38-John Anderson.</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>3-13-PAT 33 (14:22) 12-Joe Bribem pass complete to 18-James Payne to DAL 33 for 34 yards. Tackle by 40-Jesse Frakes. 18-James Payne made a great move on the CB.</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>1-10-DAL 33 (13:46) 19-Derrick Goff ran to DAL 29 for 4 yards. Tackle by 90-Mario Kirk.</t>
   </si>
   <si>
-    <t>#17 Andrew Hurley - RB</t>
+    <t>#17 Andrew Hurley - WR</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>2-6-DAL 29 (13:07) 88-Barry Rhee ran to DAL 28 for 1 yards. Tackle by 51-Luther Henderson.</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>3-5-DAL 28 (12:34) 88-Barry Rhee ran to DAL 29 for -1 yards. Tackle by 27-Alexis White.</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>