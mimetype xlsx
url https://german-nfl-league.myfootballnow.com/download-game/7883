--- v0 (2025-10-17)
+++ v1 (2026-01-10)
@@ -302,57 +302,57 @@
   <si>
     <t>(15:00) 19-Carlos Kroon kicks 73 yards from GBY 35 to DET -8. 28-Larry Ball to DET 29 for 37 yards. Tackle by 19-Carlos Kroon. DET 22-Duane McLaurin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
     <t>#22 Duane McLaurin - FS</t>
   </si>
   <si>
     <t>#48 Ian Schubert - SS</t>
   </si>
   <si>
     <t>#35 Kenneth Hughes - CB</t>
   </si>
   <si>
     <t>#33 Michael Barahona - SS</t>
   </si>
   <si>
     <t>#31 Erik Mickle - FS</t>
   </si>
   <si>
-    <t>#20 James Witkowski - FS</t>
+    <t>#20 James Witkowski - LDE</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
-    <t>#26 Tony Davis - CB</t>
+    <t>#26 Tony Davis - WLB</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>#19 Carlos Kroon - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>DET 29</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DET 29 (14:55) 40-Steven Souza ran to DET 32 for 4 yards. Tackle by 53-Don Mullins.</t>
   </si>
@@ -377,51 +377,51 @@
   <si>
     <t>#68 William Steele - LT</t>
   </si>
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#78 Anthony Colon - C</t>
   </si>
   <si>
     <t>#75 James East - C</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#65 Don Mullins - LDE</t>
   </si>
   <si>
     <t>#91 Albert Allen - LDE</t>
   </si>
   <si>
     <t>#61 Robby Alfred - RDE</t>
   </si>
   <si>
-    <t>#51 Luther Henderson - SLB</t>
+    <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#92 George Cook - MLB</t>
   </si>
   <si>
     <t>#58 Jorge Little - MLB</t>
   </si>
   <si>
     <t>#33 Calvin Thomas - CB</t>
   </si>
   <si>
     <t>#45 Herbert Schilling - CB</t>
   </si>
   <si>
     <t>#22 Thomas Ramirez - CB</t>
   </si>
   <si>
     <t>#36 Todd Blank - SS</t>
   </si>
   <si>
     <t>#27 Kenneth Sims - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DET 40 (13:38) 10-Mark Osborne sacked at DET 36 for -4 yards (61-Robby Alfred). Sack allowed by 68-William Steele.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>DET 36</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-14-DET 36 (13:00) 40-Steven Souza ran to DET 47 for 11 yards. Tackle by 36-Todd Blank.</t>
   </si>
   <si>
-    <t>#96 Steve Marshall - RDE</t>
+    <t>#94 Steve Marshall - RDE</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>DET 47</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-3-DET 47 (12:22) 44-Christopher Mills ran to GBY 39 for 14 yards. Tackle by 58-Herbert Schilling.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>GBY 39</t>
   </si>
   <si>
     <t>Singleback Slot Strong Slot Curl</t>
   </si>
@@ -647,60 +647,60 @@
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>(8:12) 6-Ricardo Cain kicks 75 yards from DET 35 to GBY -10. Touchback.</t>
   </si>
   <si>
     <t>#89 Ricardo Soliz - WR</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 25 (8:12) 20-Charles Johnson ran to GBY 34 for 9 yards. Tackle by 2-Douglas White.</t>
   </si>
   <si>
     <t>#5 James Curry - QB</t>
   </si>
   <si>
-    <t>#49 Charles Johnson - RB</t>
+    <t>#46 Charles Johnson - RB</t>
   </si>
   <si>
     <t>#85 Karl Davison - TE</t>
   </si>
   <si>
-    <t>#17 Frederick Conway - WR</t>
-[...2 lines deleted...]
-    <t>#85 Charles Diemer - WR</t>
+    <t>#83 Frederick Conway - WR</t>
+  </si>
+  <si>
+    <t>#4 Charles Diemer - WR</t>
   </si>
   <si>
     <t>#60 John Anderson - LT</t>
   </si>
   <si>
     <t>#52 James Azevedo - LG</t>
   </si>
   <si>
     <t>#64 Richard Schmidt - C</t>
   </si>
   <si>
     <t>#79 Ernest Chandler - RT</t>
   </si>
   <si>
     <t>#58 William Tompkins - RT</t>
   </si>
   <si>
     <t>#75 Bruno Robles - RDE</t>
   </si>
   <si>
     <t>#93 Donald Bartos - LDE</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-12-DET 49 (5:31) 1-James Curry pass Pass knocked down by 42-James Hart. incomplete, intended for 18-Charles Diemer.</t>
   </si>
   <si>
     <t>5:28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-DET 49 (5:29) 6-Patrick Gilreath punts 55 yards to DET -6.4-12-DET 49 (5:29) 6-Patrick Gilreath punts 55 yards to DET -6. Touchback.</t>
   </si>
   <si>
     <t>#6 Patrick Gilreath - P</t>
   </si>
   <si>
-    <t>#59 Richard Osborne - RG</t>
+    <t>#65 Richard Osborne - RG</t>
   </si>
   <si>
     <t>#77 Jose Galloway - LG</t>
   </si>
   <si>
     <t>#47 Fred Adams - SS</t>
   </si>
   <si>
     <t>5:19</t>
   </si>
   <si>
     <t>DET 20</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DET 20 (5:20) 10-Mark Osborne pass Pass knocked down by 92-George Cook. incomplete, intended for 28-Larry Ball.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
@@ -2388,96 +2388,96 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>