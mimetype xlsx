--- v1 (2026-01-10)
+++ v2 (2026-03-07)
@@ -302,93 +302,93 @@
   <si>
     <t>(15:00) 19-Carlos Kroon kicks 73 yards from GBY 35 to DET -8. 28-Larry Ball to DET 29 for 37 yards. Tackle by 19-Carlos Kroon. DET 22-Duane McLaurin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#28 Larry Ball - RB</t>
   </si>
   <si>
     <t>#93 John Larson - SLB</t>
   </si>
   <si>
     <t>#22 Duane McLaurin - FS</t>
   </si>
   <si>
     <t>#48 Ian Schubert - SS</t>
   </si>
   <si>
     <t>#35 Kenneth Hughes - CB</t>
   </si>
   <si>
     <t>#33 Michael Barahona - SS</t>
   </si>
   <si>
     <t>#31 Erik Mickle - FS</t>
   </si>
   <si>
-    <t>#20 James Witkowski - LDE</t>
+    <t>#20 James Witkowski - SS</t>
   </si>
   <si>
     <t>#21 James Hart - CB</t>
   </si>
   <si>
-    <t>#26 Tony Davis - WLB</t>
+    <t>#26 Tony Davis - CB</t>
   </si>
   <si>
     <t>#33 Glenn Dasher - CB</t>
   </si>
   <si>
     <t>#19 Carlos Kroon - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>DET 29</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DET 29 (14:55) 40-Steven Souza ran to DET 32 for 4 yards. Tackle by 53-Don Mullins.</t>
   </si>
   <si>
     <t>#10 Mark Osborne - QB</t>
   </si>
   <si>
     <t>#40 Steven Souza - RB</t>
   </si>
   <si>
     <t>#45 Jon Inman - TE</t>
   </si>
   <si>
-    <t>#81 Patrick Tuttle - WR</t>
+    <t>#11 Patrick Tuttle - WR</t>
   </si>
   <si>
     <t>#89 Antonio Booth - WR</t>
   </si>
   <si>
     <t>#87 Gregory Lopez - WR</t>
   </si>
   <si>
     <t>#68 William Steele - LT</t>
   </si>
   <si>
     <t>#71 Timothy Edney - LG</t>
   </si>
   <si>
     <t>#78 Anthony Colon - C</t>
   </si>
   <si>
     <t>#75 James East - C</t>
   </si>
   <si>
     <t>#65 Daniel McCumber - RG</t>
   </si>
   <si>
     <t>#65 Don Mullins - LDE</t>
   </si>
@@ -677,51 +677,51 @@
   <si>
     <t>#83 Frederick Conway - WR</t>
   </si>
   <si>
     <t>#4 Charles Diemer - WR</t>
   </si>
   <si>
     <t>#60 John Anderson - LT</t>
   </si>
   <si>
     <t>#52 James Azevedo - LG</t>
   </si>
   <si>
     <t>#64 Richard Schmidt - C</t>
   </si>
   <si>
     <t>#79 Ernest Chandler - RT</t>
   </si>
   <si>
     <t>#58 William Tompkins - RT</t>
   </si>
   <si>
     <t>#75 Bruno Robles - RDE</t>
   </si>
   <si>
-    <t>#93 Donald Bartos - LDE</t>
+    <t>#53 Donald Bartos - SLB</t>
   </si>
   <si>
     <t>#64 William Marin - DT</t>
   </si>
   <si>
     <t>#52 Douglas White - DT</t>
   </si>
   <si>
     <t>#59 Justin Magee - SLB</t>
   </si>
   <si>
     <t>#96 Nathaniel Creswell - WLB</t>
   </si>
   <si>
     <t>7:38</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-1-GBY 34 (7:37) 20-Charles Johnson ran to GBY 46 for 13 yards. Tackle by 48-Ian Schubert.</t>
   </si>
@@ -2394,67 +2394,67 @@
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="47" max="47" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>