--- v0 (2025-10-17)
+++ v1 (2026-01-17)
@@ -296,57 +296,57 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-David Cox kicks 74 yards from GBY 35 to LAC -9. Touchback.</t>
   </si>
   <si>
     <t>#81 Elisha Mello - WR</t>
   </si>
   <si>
     <t>#70 Thomas Herrera - RDE</t>
   </si>
   <si>
     <t>#78 John Swearengin - RDE</t>
   </si>
   <si>
     <t>#99 John Hornback - SS</t>
   </si>
   <si>
     <t>#29 Robert Martin - CB</t>
   </si>
   <si>
-    <t>#50 Tommy Cash - MLB</t>
-[...5 lines deleted...]
-    <t>#31 Austin Gentry - FS</t>
+    <t>#76 Tommy Cash - LDE</t>
+  </si>
+  <si>
+    <t>#53 Randal Thomas - WLB</t>
+  </si>
+  <si>
+    <t>#31 Austin Gentry - CB</t>
   </si>
   <si>
     <t>#38 Harry Walsh - CB</t>
   </si>
   <si>
     <t>#59 Alberto Jeter - RDE</t>
   </si>
   <si>
     <t>#95 Kenneth Hart - DT</t>
   </si>
   <si>
     <t>#4 David Cox - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
@@ -362,96 +362,96 @@
   <si>
     <t>#40 Rafael Wyman - FB</t>
   </si>
   <si>
     <t>#84 Nathan Lockett - TE</t>
   </si>
   <si>
     <t>#82 Jerry Whitlock - WR</t>
   </si>
   <si>
     <t>#61 Alvin Dean - LT</t>
   </si>
   <si>
     <t>#60 Jae Williamson - LG</t>
   </si>
   <si>
     <t>#48 Juan Rich - FB</t>
   </si>
   <si>
     <t>#76 Stephen Taylor - RG</t>
   </si>
   <si>
     <t>#74 Richard Morgan - RT</t>
   </si>
   <si>
-    <t>#94 Wayne Grady - RDE</t>
+    <t>#98 Wayne Grady - DT</t>
   </si>
   <si>
     <t>#67 Luis Houser - DT</t>
   </si>
   <si>
     <t>#54 John Hawkins - DT</t>
   </si>
   <si>
     <t>#73 Michael Arrington - RDE</t>
   </si>
   <si>
     <t>#35 Bernard Brown - FS</t>
   </si>
   <si>
     <t>#56 Tuan Eller - WLB</t>
   </si>
   <si>
     <t>#57 Phillip French - WLB</t>
   </si>
   <si>
     <t>#36 Joseph Cline - CB</t>
   </si>
   <si>
     <t>#35 John Reed - CB</t>
   </si>
   <si>
-    <t>#42 Paul Heard - SS</t>
+    <t>#39 Paul Heard - SS</t>
   </si>
   <si>
     <t>#32 Robert Erickson - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-LAC 25 (14:27) 17-Lee King pass complete to 11-Eugene France to LAC 37 for 11 yards. Tackle by 29-Gerald Kelly.</t>
   </si>
   <si>
-    <t>#11 Eugene France - WR</t>
+    <t>#17 Eugene France - WR</t>
   </si>
   <si>
     <t>#29 Gerald Kelly - CB</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>LAC 37</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LAC 37 (13:46) 24-Steven Williams ran to LAC 40 for 4 yards. Tackle by 38-Paul Heard.</t>
   </si>
   <si>
     <t>#89 Robert Cashman - TE</t>
   </si>
   <si>
     <t>#78 Joe Dooley - DT</t>
   </si>
@@ -521,75 +521,75 @@
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>GBY 4</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GBY 4 (12:13) 8-Roy Barbosa pass Pass knocked down by 50-Tommy Cash. incomplete, intended for 88-Roger Parkinson. Pressure by 53-Michael Littlefield.</t>
   </si>
   <si>
     <t>#8 Roy Barbosa - QB</t>
   </si>
   <si>
     <t>#39 William Phelps - WR</t>
   </si>
   <si>
     <t>#88 Roger Parkinson - TE</t>
   </si>
   <si>
-    <t>#17 Frederick Conway - WR</t>
+    <t>#83 Frederick Conway - WR</t>
   </si>
   <si>
     <t>#16 Patrick Allen - WR</t>
   </si>
   <si>
     <t>#74 Jeffrey Hammett - RT</t>
   </si>
   <si>
     <t>#64 Edward Myles - LG</t>
   </si>
   <si>
     <t>#71 Joseph Jackson - C</t>
   </si>
   <si>
     <t>#65 Eric Munday - RG</t>
   </si>
   <si>
     <t>#69 Joseph Phaneuf - RT</t>
   </si>
   <si>
     <t>#53 Michael Littlefield - LDE</t>
   </si>
   <si>
-    <t>#96 Steve Marshall - RDE</t>
+    <t>#94 Steve Marshall - RDE</t>
   </si>
   <si>
     <t>#54 Richard Cross - WLB</t>
   </si>
   <si>
     <t>#21 Peter Gabriel - CB</t>
   </si>
   <si>
     <t>#43 Charles Gregory - CB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-GBY 4 (12:09) 39-William Phelps ran to GBY 8 for 4 yards. Tackle by 20-Gary Spooner.</t>
   </si>
   <si>
     <t>#93 Jay Szeto - MLB</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>GBY 8</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-6-GBY 8 (11:34) 8-Roy Barbosa pass complete to 39-William Phelps to GBY 8 for a short loss. Tackle by 54-Richard Cross.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>4-6-GBY 8 (11:01) 6-Chad McQuaid punts 48 yards to LAC 44. Fair Catch by 81-Elisha Mello.</t>
   </si>
   <si>
     <t>#6 Chad McQuaid - P</t>
   </si>
   <si>
     <t>#82 Ben Floyd - TE</t>
   </si>
   <si>
     <t>#63 Aaron Sexton - LT</t>
   </si>
   <si>
-    <t>#46 Maurice Mathews - FB</t>
+    <t>#80 Maurice Mathews - TE</t>
   </si>
   <si>
     <t>#76 Keneth Eisenhart - RT</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>LAC 44</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-LAC 44 (10:55) 24-Steven Williams ran to LAC 45 for 2 yards. Tackle by 54-John Hawkins.</t>
   </si>
   <si>
     <t>#30 Jerome Cook - SS</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
@@ -884,51 +884,51 @@
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-20-GBY 15 (1:08) 39-William Phelps ran to GBY 17 for 2 yards. Tackle by 51-Randal Thomas.</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>GBY 17</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Drag</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>3-18-GBY 17 (0:33) 8-Roy Barbosa pass incomplete, intended for 39-William Phelps.</t>
   </si>
   <si>
-    <t>#85 Charles Diemer - WR</t>
+    <t>#4 Charles Diemer - WR</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>4-18-GBY 17 (0:31) 6-Chad McQuaid punts 44 yards to LAC 39. Fair Catch by 81-Elisha Mello.</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-LAC 39 (0:24) 24-Steven Williams ran to LAC 37 for -2 yards. Tackle by 94-Wayne Grady. LAC 74-Richard Morgan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>