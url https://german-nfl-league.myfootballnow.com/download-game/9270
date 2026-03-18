--- v1 (2026-01-17)
+++ v2 (2026-03-18)
@@ -287,99 +287,99 @@
   <si>
     <t>LAC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-David Cox kicks 74 yards from GBY 35 to LAC -9. Touchback.</t>
   </si>
   <si>
     <t>#81 Elisha Mello - WR</t>
   </si>
   <si>
     <t>#70 Thomas Herrera - RDE</t>
   </si>
   <si>
-    <t>#78 John Swearengin - RDE</t>
+    <t>#67 John Swearengin - RDE</t>
   </si>
   <si>
     <t>#99 John Hornback - SS</t>
   </si>
   <si>
     <t>#29 Robert Martin - CB</t>
   </si>
   <si>
     <t>#76 Tommy Cash - LDE</t>
   </si>
   <si>
     <t>#53 Randal Thomas - WLB</t>
   </si>
   <si>
     <t>#31 Austin Gentry - CB</t>
   </si>
   <si>
     <t>#38 Harry Walsh - CB</t>
   </si>
   <si>
     <t>#59 Alberto Jeter - RDE</t>
   </si>
   <si>
     <t>#95 Kenneth Hart - DT</t>
   </si>
   <si>
     <t>#4 David Cox - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-LAC 25 (15:00) 24-Steven Williams ran to LAC 25 for a short gain. Tackle by 54-John Hawkins.</t>
   </si>
   <si>
     <t>#17 Lee King - QB</t>
   </si>
   <si>
-    <t>#24 Steven Williams - RB</t>
+    <t>#20 Steven Williams - RB</t>
   </si>
   <si>
     <t>#40 Rafael Wyman - FB</t>
   </si>
   <si>
     <t>#84 Nathan Lockett - TE</t>
   </si>
   <si>
     <t>#82 Jerry Whitlock - WR</t>
   </si>
   <si>
     <t>#61 Alvin Dean - LT</t>
   </si>
   <si>
     <t>#60 Jae Williamson - LG</t>
   </si>
   <si>
     <t>#48 Juan Rich - FB</t>
   </si>
   <si>
     <t>#76 Stephen Taylor - RG</t>
   </si>
   <si>
     <t>#74 Richard Morgan - RT</t>
   </si>
@@ -407,51 +407,51 @@
   <si>
     <t>#36 Joseph Cline - CB</t>
   </si>
   <si>
     <t>#35 John Reed - CB</t>
   </si>
   <si>
     <t>#39 Paul Heard - SS</t>
   </si>
   <si>
     <t>#32 Robert Erickson - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-LAC 25 (14:27) 17-Lee King pass complete to 11-Eugene France to LAC 37 for 11 yards. Tackle by 29-Gerald Kelly.</t>
   </si>
   <si>
-    <t>#17 Eugene France - WR</t>
+    <t>#8 Eugene France - WR</t>
   </si>
   <si>
     <t>#29 Gerald Kelly - CB</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>LAC 37</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LAC 37 (13:46) 24-Steven Williams ran to LAC 40 for 4 yards. Tackle by 38-Paul Heard.</t>
   </si>
   <si>
     <t>#89 Robert Cashman - TE</t>
   </si>
   <si>
     <t>#78 Joe Dooley - DT</t>
   </si>
@@ -572,81 +572,81 @@
   <si>
     <t>#54 Richard Cross - WLB</t>
   </si>
   <si>
     <t>#21 Peter Gabriel - CB</t>
   </si>
   <si>
     <t>#43 Charles Gregory - CB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-GBY 4 (12:09) 39-William Phelps ran to GBY 8 for 4 yards. Tackle by 20-Gary Spooner.</t>
   </si>
   <si>
     <t>#93 Jay Szeto - MLB</t>
   </si>
   <si>
-    <t>#20 Gary Spooner - CB</t>
+    <t>#31 Gary Spooner - CB</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>GBY 8</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-6-GBY 8 (11:34) 8-Roy Barbosa pass complete to 39-William Phelps to GBY 8 for a short loss. Tackle by 54-Richard Cross.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>4-6-GBY 8 (11:01) 6-Chad McQuaid punts 48 yards to LAC 44. Fair Catch by 81-Elisha Mello.</t>
   </si>
   <si>
     <t>#6 Chad McQuaid - P</t>
   </si>
   <si>
     <t>#82 Ben Floyd - TE</t>
   </si>
   <si>
     <t>#63 Aaron Sexton - LT</t>
   </si>
   <si>
-    <t>#80 Maurice Mathews - TE</t>
+    <t>#86 Maurice Mathews - TE</t>
   </si>
   <si>
     <t>#76 Keneth Eisenhart - RT</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>LAC 44</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-LAC 44 (10:55) 24-Steven Williams ran to LAC 45 for 2 yards. Tackle by 54-John Hawkins.</t>
   </si>
   <si>
     <t>#30 Jerome Cook - SS</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>