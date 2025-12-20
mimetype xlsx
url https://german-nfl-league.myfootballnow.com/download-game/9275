--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -290,129 +290,129 @@
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Philip McLoughlin kicks 75 yards from CLE 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>#48 Curtis Spears - RB</t>
   </si>
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>
   <si>
     <t>#27 Alexis White - WLB</t>
   </si>
   <si>
-    <t>#37 Arthur Dearing - CB</t>
+    <t>#46 Arthur Dearing - CB</t>
   </si>
   <si>
     <t>#40 Jesse Frakes - FS</t>
   </si>
   <si>
-    <t>#51 Luther Henderson - SLB</t>
+    <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#52 Cameron Pierre - RDE</t>
   </si>
   <si>
-    <t>#90 Mario Kirk - WLB</t>
+    <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
     <t>#34 Michael Salinas - FS</t>
   </si>
   <si>
     <t>#20 Larry Gadbois - FS</t>
   </si>
   <si>
-    <t>#45 Ricky Easley - SS</t>
+    <t>#25 Ricky Easley - SS</t>
   </si>
   <si>
     <t>#17 Philip McLoughlin - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 24-Richard McConnell ran to DAL 27 for 2 yards. Tackle by 73-Ben Joyner.</t>
   </si>
   <si>
     <t>#9 Donald Hendricks - QB</t>
   </si>
   <si>
     <t>#24 Richard McConnell - RB</t>
   </si>
   <si>
-    <t>#87 James Harmon - TE</t>
+    <t>#43 James Harmon - FB</t>
   </si>
   <si>
     <t>#80 Matthew Ellis - TE</t>
   </si>
   <si>
-    <t>#89 Norman Hendrickson - WR</t>
+    <t>#85 Norman Hendrickson - WR</t>
   </si>
   <si>
     <t>#88 Ronny Franklin - WR</t>
   </si>
   <si>
     <t>#53 Stanley Goetz - LT</t>
   </si>
   <si>
     <t>#59 Thomas Morris - LG</t>
   </si>
   <si>
     <t>#66 Owen Cramer - C</t>
   </si>
   <si>
     <t>#64 Joseph Pierce - RG</t>
   </si>
   <si>
     <t>#65 Charles Stark - RT</t>
   </si>
   <si>
     <t>#59 Brent Driver - LDE</t>
   </si>
   <si>
-    <t>#77 Gary Alvarez - DT</t>
+    <t>#73 Gary Alvarez - DT</t>
   </si>
   <si>
     <t>#73 Ben Joyner - DT</t>
   </si>
   <si>
     <t>#64 Willie Copas - RDE</t>
   </si>
   <si>
     <t>#99 Sidney Gilmore - SLB</t>
   </si>
   <si>
     <t>#52 David Christiansen - MLB</t>
   </si>
   <si>
     <t>#94 Amos Rosa - SLB</t>
   </si>
   <si>
     <t>#20 Kyle Newby - CB</t>
   </si>
   <si>
     <t>#27 John Dale - CB</t>
   </si>
   <si>
     <t>#91 James Allen - SS</t>
   </si>
@@ -464,102 +464,102 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-DAL 32 (13:02) 5-David Yanez punts 44 yards to CLE 24. 21-Don Selig to CLE 25 for 1 yards. Tackle by 51-Luther Henderson.</t>
   </si>
   <si>
     <t>#5 David Yanez - P</t>
   </si>
   <si>
     <t>#83 Antonio Bryant - C</t>
   </si>
   <si>
     <t>#21 Don Selig - RB</t>
   </si>
   <si>
     <t>#46 Joan Dotson - CB</t>
   </si>
   <si>
     <t>#98 Preston Gay - SLB</t>
   </si>
   <si>
-    <t>#54 Russell Hughes - MLB</t>
+    <t>#55 Russell Hughes - MLB</t>
   </si>
   <si>
     <t>#32 James Green - CB</t>
   </si>
   <si>
     <t>#75 Mark Stegall - RT</t>
   </si>
   <si>
     <t>#86 Christopher Buckley - RB</t>
   </si>
   <si>
     <t>#51 Geoffrey Becker - DT</t>
   </si>
   <si>
     <t>#93 Larry Rupp - MLB</t>
   </si>
   <si>
     <t>#56 Jacob Castro - RDE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-CLE 25 (12:55) 4-Bobby Turner pass Pass knocked down by 45-Ricky Easley. incomplete, intended for 86-Joe Branch. Pressure by 70-Samuel Smith. 34-Michael Salinas got away with a hold on that play.</t>
   </si>
   <si>
     <t>#4 Bobby Turner - QB</t>
   </si>
   <si>
     <t>#40 Richard Borton - FB</t>
   </si>
   <si>
     <t>#86 Joe Branch - TE</t>
   </si>
   <si>
     <t>#11 Joseph Tallent - WR</t>
   </si>
   <si>
     <t>#85 Charles Hart - WR</t>
   </si>
   <si>
-    <t>#55 Robert Nixon - LT</t>
+    <t>#76 Robert Nixon - LT</t>
   </si>
   <si>
     <t>#66 William Deskins - LG</t>
   </si>
   <si>
     <t>#63 Bradley Johnson - C</t>
   </si>
   <si>
     <t>#50 Jose Chapman - RG</t>
   </si>
   <si>
     <t>#79 Bruce Hand - RT</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
     <t>#72 Jonathan Thomas - DT</t>
   </si>
   <si>
     <t>#91 James Sansone - SLB</t>
   </si>
   <si>
     <t>#93 Dominic Myers - MLB</t>
   </si>
@@ -2505,51 +2505,51 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="297.213" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>