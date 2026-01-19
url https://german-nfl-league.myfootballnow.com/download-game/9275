--- v1 (2025-12-20)
+++ v2 (2026-01-19)
@@ -305,51 +305,51 @@
   <si>
     <t>#48 Curtis Spears - RB</t>
   </si>
   <si>
     <t>#92 Chad Killian - DT</t>
   </si>
   <si>
     <t>#27 Alexis White - WLB</t>
   </si>
   <si>
     <t>#46 Arthur Dearing - CB</t>
   </si>
   <si>
     <t>#40 Jesse Frakes - FS</t>
   </si>
   <si>
     <t>#51 Luther Henderson - DT</t>
   </si>
   <si>
     <t>#52 Cameron Pierre - RDE</t>
   </si>
   <si>
     <t>#90 Mario Kirk - RDE</t>
   </si>
   <si>
-    <t>#34 Michael Salinas - FS</t>
+    <t>#46 Michael Salinas - MLB</t>
   </si>
   <si>
     <t>#20 Larry Gadbois - FS</t>
   </si>
   <si>
     <t>#25 Ricky Easley - SS</t>
   </si>
   <si>
     <t>#17 Philip McLoughlin - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 24-Richard McConnell ran to DAL 27 for 2 yards. Tackle by 73-Ben Joyner.</t>
   </si>
@@ -2509,70 +2509,70 @@
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>