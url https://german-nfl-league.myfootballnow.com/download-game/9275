--- v2 (2026-01-19)
+++ v3 (2026-03-03)
@@ -365,51 +365,51 @@
   <si>
     <t>#80 Matthew Ellis - TE</t>
   </si>
   <si>
     <t>#85 Norman Hendrickson - WR</t>
   </si>
   <si>
     <t>#88 Ronny Franklin - WR</t>
   </si>
   <si>
     <t>#53 Stanley Goetz - LT</t>
   </si>
   <si>
     <t>#59 Thomas Morris - LG</t>
   </si>
   <si>
     <t>#66 Owen Cramer - C</t>
   </si>
   <si>
     <t>#64 Joseph Pierce - RG</t>
   </si>
   <si>
     <t>#65 Charles Stark - RT</t>
   </si>
   <si>
-    <t>#59 Brent Driver - LDE</t>
+    <t>#91 Brent Driver - DT</t>
   </si>
   <si>
     <t>#73 Gary Alvarez - DT</t>
   </si>
   <si>
     <t>#73 Ben Joyner - DT</t>
   </si>
   <si>
     <t>#64 Willie Copas - RDE</t>
   </si>
   <si>
     <t>#99 Sidney Gilmore - SLB</t>
   </si>
   <si>
     <t>#52 David Christiansen - MLB</t>
   </si>
   <si>
     <t>#94 Amos Rosa - SLB</t>
   </si>
   <si>
     <t>#20 Kyle Newby - CB</t>
   </si>
   <si>
     <t>#27 John Dale - CB</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>#11 Joseph Tallent - WR</t>
   </si>
   <si>
     <t>#85 Charles Hart - WR</t>
   </si>
   <si>
     <t>#76 Robert Nixon - LT</t>
   </si>
   <si>
     <t>#66 William Deskins - LG</t>
   </si>
   <si>
     <t>#63 Bradley Johnson - C</t>
   </si>
   <si>
     <t>#50 Jose Chapman - RG</t>
   </si>
   <si>
     <t>#79 Bruce Hand - RT</t>
   </si>
   <si>
     <t>#70 Samuel Smith - RDE</t>
   </si>
   <si>
-    <t>#72 Jonathan Thomas - DT</t>
+    <t>#74 Jonathan Thomas - DT</t>
   </si>
   <si>
     <t>#91 James Sansone - SLB</t>
   </si>
   <si>
     <t>#93 Dominic Myers - MLB</t>
   </si>
   <si>
     <t>#47 Harold Garcia - CB</t>
   </si>
   <si>
     <t>#22 Arthur Womack - CB</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-CLE 25 (12:51) 4-Bobby Turner pass incomplete, intended for 86-Joe Branch. 34-Michael Salinas got away with a hold on that play. PENALTY - Pass Interference (DAL 47-Harold Garcia)</t>
   </si>
   <si>
     <t>#58 Andrew Williams - DT</t>
   </si>